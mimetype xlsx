--- v0 (2025-10-08)
+++ v1 (2025-12-02)
@@ -5,60 +5,60 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28623"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://kultura-my.sharepoint.com/personal/mara_kalve_kultura_lv/Documents/MAJASLAPA/VK muzika/2026/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://kultura-my.sharepoint.com/personal/karlis_jekabsons_kultura_lv/Documents/Darbvirsma/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="8" documentId="8_{D19FA975-59A9-457E-9034-B1FA741BFADF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{8FE49F85-32CE-4561-B93A-3375E0F451B4}"/>
+  <xr:revisionPtr revIDLastSave="12" documentId="8_{D19FA975-59A9-457E-9034-B1FA741BFADF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{D15515EA-382E-4FA1-A30E-24C2409BEA0C}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" tabRatio="656" firstSheet="2" activeTab="7" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="656" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="AKCMV" sheetId="10" r:id="rId1"/>
     <sheet name="MIKC_LMMV" sheetId="2" r:id="rId2"/>
     <sheet name="SBDMV" sheetId="3" r:id="rId3"/>
     <sheet name="JMRMV" sheetId="4" r:id="rId4"/>
     <sheet name="Jelgavas MV" sheetId="6" r:id="rId5"/>
     <sheet name="MIKC_NMV_EDMS" sheetId="7" r:id="rId6"/>
     <sheet name="MIKC LMMDV" sheetId="8" r:id="rId7"/>
     <sheet name="MIKC VMV" sheetId="9" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="1">'MIKC VMV'!$B$6:$B$17</definedName>
   </definedNames>
   <calcPr calcId="191029" concurrentCalc="0"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
@@ -1147,85 +1147,85 @@
     <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Parasts" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
@@ -1499,3532 +1499,3532 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:L33"/>
+  <dimension ref="A1:L34"/>
   <sheetViews>
-    <sheetView topLeftCell="A15" workbookViewId="0">
-      <selection activeCell="F20" sqref="F20"/>
+    <sheetView topLeftCell="A12" workbookViewId="0">
+      <selection activeCell="B38" sqref="B38"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="7.54296875" style="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="7" max="7" width="6.453125" style="1" customWidth="1"/>
+    <col min="1" max="1" width="7.5703125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="53.5703125" style="1" customWidth="1"/>
+    <col min="3" max="5" width="5.7109375" style="1" customWidth="1"/>
+    <col min="6" max="6" width="6.5703125" style="1" customWidth="1"/>
+    <col min="7" max="7" width="6.42578125" style="1" customWidth="1"/>
     <col min="8" max="8" width="6" style="1" customWidth="1"/>
-    <col min="9" max="9" width="13.54296875" style="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="13" max="16384" width="9.1796875" style="1"/>
+    <col min="9" max="9" width="13.5703125" style="1" customWidth="1"/>
+    <col min="10" max="10" width="12.5703125" style="1" customWidth="1"/>
+    <col min="11" max="11" width="12.7109375" style="1" customWidth="1"/>
+    <col min="12" max="12" width="21.28515625" style="1" customWidth="1"/>
+    <col min="13" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="51.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="38" t="s">
+    <row r="1" spans="1:12" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="39" t="s">
         <v>98</v>
       </c>
-      <c r="B1" s="38"/>
-[...11 lines deleted...]
-    <row r="2" spans="1:12" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B1" s="39"/>
+      <c r="C1" s="39"/>
+      <c r="D1" s="39"/>
+      <c r="E1" s="39"/>
+      <c r="F1" s="39"/>
+      <c r="G1" s="39"/>
+      <c r="H1" s="39"/>
+      <c r="I1" s="39"/>
+      <c r="J1" s="39"/>
+      <c r="K1" s="39"/>
+      <c r="L1" s="39"/>
+    </row>
+    <row r="2" spans="1:12" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="2"/>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
       <c r="J2" s="3"/>
       <c r="K2" s="3"/>
     </row>
-    <row r="3" spans="1:12" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:12" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="2"/>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
-      <c r="F3" s="39" t="s">
+      <c r="F3" s="40" t="s">
         <v>108</v>
       </c>
-      <c r="G3" s="40"/>
-[...7 lines deleted...]
-      <c r="A4" s="42" t="s">
+      <c r="G3" s="41"/>
+      <c r="H3" s="41"/>
+      <c r="I3" s="41"/>
+      <c r="J3" s="41"/>
+      <c r="K3" s="41"/>
+      <c r="L3" s="42"/>
+    </row>
+    <row r="4" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="43" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="44" t="s">
+      <c r="B4" s="45" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="48" t="s">
+      <c r="C4" s="49" t="s">
         <v>21</v>
       </c>
-      <c r="D4" s="40"/>
-[...1 lines deleted...]
-      <c r="F4" s="48" t="s">
+      <c r="D4" s="41"/>
+      <c r="E4" s="42"/>
+      <c r="F4" s="49" t="s">
         <v>22</v>
       </c>
-      <c r="G4" s="40"/>
-[...1 lines deleted...]
-      <c r="I4" s="46" t="s">
+      <c r="G4" s="41"/>
+      <c r="H4" s="42"/>
+      <c r="I4" s="47" t="s">
         <v>24</v>
       </c>
-      <c r="J4" s="46" t="s">
+      <c r="J4" s="47" t="s">
         <v>25</v>
       </c>
-      <c r="K4" s="46" t="s">
+      <c r="K4" s="47" t="s">
         <v>23</v>
       </c>
-      <c r="L4" s="46" t="s">
+      <c r="L4" s="47" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="5" spans="1:12" ht="51" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B5" s="45"/>
+    <row r="5" spans="1:12" ht="51" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="44"/>
+      <c r="B5" s="46"/>
       <c r="C5" s="22" t="s">
         <v>99</v>
       </c>
       <c r="D5" s="22" t="s">
         <v>100</v>
       </c>
       <c r="E5" s="22" t="s">
         <v>101</v>
       </c>
       <c r="F5" s="22" t="s">
         <v>99</v>
       </c>
       <c r="G5" s="22" t="s">
         <v>100</v>
       </c>
       <c r="H5" s="22" t="s">
         <v>101</v>
       </c>
-      <c r="I5" s="47"/>
-[...4 lines deleted...]
-    <row r="6" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="I5" s="48"/>
+      <c r="J5" s="48"/>
+      <c r="K5" s="48"/>
+      <c r="L5" s="48"/>
+    </row>
+    <row r="6" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="4">
         <v>1</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
       <c r="F6" s="4"/>
       <c r="G6" s="4"/>
       <c r="H6" s="4"/>
       <c r="I6" s="4"/>
       <c r="J6" s="4"/>
       <c r="K6" s="4"/>
       <c r="L6" s="4"/>
     </row>
-    <row r="7" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="4">
         <v>2</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C7" s="5"/>
       <c r="D7" s="5"/>
       <c r="E7" s="5"/>
       <c r="F7" s="4"/>
       <c r="G7" s="4"/>
       <c r="H7" s="4"/>
       <c r="I7" s="4"/>
       <c r="J7" s="4"/>
       <c r="K7" s="4"/>
       <c r="L7" s="4"/>
     </row>
-    <row r="8" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="4">
         <v>3</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="5"/>
       <c r="D8" s="5"/>
       <c r="E8" s="5"/>
       <c r="F8" s="4"/>
       <c r="G8" s="4"/>
       <c r="H8" s="4"/>
       <c r="I8" s="4"/>
       <c r="J8" s="4"/>
       <c r="K8" s="4"/>
       <c r="L8" s="4"/>
     </row>
-    <row r="9" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="4">
         <v>4</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C9" s="5"/>
       <c r="D9" s="5"/>
       <c r="E9" s="5"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
       <c r="I9" s="4"/>
       <c r="J9" s="4"/>
       <c r="K9" s="4"/>
       <c r="L9" s="4"/>
     </row>
-    <row r="10" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="4">
         <v>5</v>
       </c>
       <c r="B10" s="7" t="s">
         <v>6</v>
       </c>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="7"/>
       <c r="F10" s="4"/>
       <c r="G10" s="4"/>
       <c r="H10" s="4"/>
       <c r="I10" s="4"/>
       <c r="J10" s="4"/>
       <c r="K10" s="4"/>
       <c r="L10" s="4"/>
     </row>
-    <row r="11" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="4">
         <v>6</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="4"/>
       <c r="G11" s="4"/>
       <c r="H11" s="4"/>
       <c r="I11" s="4"/>
       <c r="J11" s="4"/>
       <c r="K11" s="4"/>
       <c r="L11" s="4"/>
     </row>
-    <row r="12" spans="1:12" ht="31" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:12" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A12" s="4">
         <v>7</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>122</v>
       </c>
       <c r="C12" s="5"/>
       <c r="D12" s="5"/>
       <c r="E12" s="5"/>
       <c r="F12" s="4"/>
       <c r="G12" s="4"/>
       <c r="H12" s="4"/>
       <c r="I12" s="4"/>
       <c r="J12" s="4"/>
       <c r="K12" s="4"/>
       <c r="L12" s="4"/>
     </row>
-    <row r="13" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A13" s="4">
         <v>8</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>96</v>
       </c>
       <c r="C13" s="5"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
       <c r="F13" s="4"/>
       <c r="G13" s="4"/>
       <c r="H13" s="4"/>
       <c r="I13" s="4"/>
       <c r="J13" s="4"/>
       <c r="K13" s="4"/>
       <c r="L13" s="4"/>
     </row>
-    <row r="14" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="4">
         <v>9</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="5"/>
       <c r="D14" s="5"/>
       <c r="E14" s="5"/>
       <c r="F14" s="4"/>
       <c r="G14" s="4"/>
       <c r="H14" s="4"/>
       <c r="I14" s="4"/>
       <c r="J14" s="4"/>
       <c r="K14" s="4"/>
       <c r="L14" s="4"/>
     </row>
-    <row r="15" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A15" s="4">
         <v>10</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C15" s="5"/>
       <c r="D15" s="5"/>
       <c r="E15" s="5"/>
       <c r="F15" s="4"/>
       <c r="G15" s="4"/>
       <c r="H15" s="4"/>
       <c r="I15" s="4"/>
       <c r="J15" s="4"/>
       <c r="K15" s="4"/>
       <c r="L15" s="4"/>
     </row>
-    <row r="16" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A16" s="4">
         <v>11</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C16" s="5"/>
       <c r="D16" s="5"/>
       <c r="E16" s="5"/>
       <c r="F16" s="4"/>
       <c r="G16" s="4"/>
       <c r="H16" s="4"/>
       <c r="I16" s="4"/>
       <c r="J16" s="4"/>
       <c r="K16" s="4"/>
       <c r="L16" s="4"/>
     </row>
-    <row r="17" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A17" s="4">
         <v>12</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>97</v>
       </c>
       <c r="C17" s="5"/>
       <c r="D17" s="5"/>
       <c r="E17" s="5"/>
       <c r="F17" s="4"/>
       <c r="G17" s="4"/>
       <c r="H17" s="4"/>
       <c r="I17" s="4"/>
       <c r="J17" s="4"/>
       <c r="K17" s="4"/>
       <c r="L17" s="4"/>
     </row>
-    <row r="18" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A18" s="4">
         <v>13</v>
       </c>
       <c r="B18" s="7" t="s">
         <v>11</v>
       </c>
       <c r="C18" s="7"/>
       <c r="D18" s="7"/>
       <c r="E18" s="7"/>
       <c r="F18" s="4"/>
       <c r="G18" s="4"/>
       <c r="H18" s="4"/>
       <c r="I18" s="4"/>
       <c r="J18" s="4"/>
       <c r="K18" s="4"/>
       <c r="L18" s="4"/>
     </row>
-    <row r="19" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A19" s="4">
         <v>14</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="5"/>
       <c r="D19" s="5"/>
       <c r="E19" s="5"/>
       <c r="F19" s="4"/>
       <c r="G19" s="4"/>
       <c r="H19" s="4"/>
       <c r="I19" s="4"/>
       <c r="J19" s="4"/>
       <c r="K19" s="4"/>
       <c r="L19" s="4"/>
     </row>
-    <row r="20" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="4">
         <v>15</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>123</v>
       </c>
       <c r="C20" s="5"/>
       <c r="D20" s="5"/>
       <c r="E20" s="5"/>
       <c r="F20" s="4"/>
       <c r="G20" s="4"/>
       <c r="H20" s="4"/>
       <c r="I20" s="4"/>
       <c r="J20" s="4"/>
       <c r="K20" s="4"/>
       <c r="L20" s="4"/>
     </row>
-    <row r="21" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A21" s="4">
         <v>16</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="5"/>
       <c r="D21" s="5"/>
       <c r="E21" s="5"/>
       <c r="F21" s="4"/>
       <c r="G21" s="4"/>
       <c r="H21" s="4"/>
       <c r="I21" s="4"/>
       <c r="J21" s="4"/>
       <c r="K21" s="4"/>
       <c r="L21" s="4"/>
     </row>
-    <row r="22" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A22" s="4">
         <v>17</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5"/>
       <c r="D22" s="5"/>
       <c r="E22" s="5"/>
       <c r="F22" s="19"/>
       <c r="G22" s="19"/>
       <c r="H22" s="19"/>
       <c r="I22" s="4"/>
       <c r="J22" s="4"/>
       <c r="K22" s="4"/>
       <c r="L22" s="4"/>
     </row>
-    <row r="23" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A23" s="4">
         <v>18</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>15</v>
       </c>
       <c r="C23" s="5"/>
       <c r="D23" s="5"/>
       <c r="E23" s="5"/>
       <c r="F23" s="4"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
       <c r="I23" s="4"/>
       <c r="J23" s="4"/>
       <c r="K23" s="4"/>
       <c r="L23" s="4"/>
     </row>
-    <row r="24" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A24" s="4">
         <v>19</v>
       </c>
       <c r="B24" s="11" t="s">
         <v>50</v>
       </c>
       <c r="C24" s="11"/>
       <c r="D24" s="11"/>
       <c r="E24" s="11"/>
       <c r="F24" s="19"/>
       <c r="G24" s="19"/>
       <c r="H24" s="19"/>
       <c r="I24" s="4"/>
       <c r="J24" s="4"/>
       <c r="K24" s="4"/>
       <c r="L24" s="4"/>
     </row>
-    <row r="25" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A25" s="4">
         <v>20</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>16</v>
       </c>
       <c r="C25" s="5"/>
       <c r="D25" s="5"/>
       <c r="E25" s="5"/>
       <c r="F25" s="4"/>
       <c r="G25" s="4"/>
       <c r="H25" s="4"/>
       <c r="I25" s="4"/>
       <c r="J25" s="4"/>
       <c r="K25" s="4"/>
       <c r="L25" s="4"/>
     </row>
-    <row r="26" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A26" s="4">
         <v>21</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>124</v>
       </c>
       <c r="C26" s="5"/>
       <c r="D26" s="5"/>
       <c r="E26" s="5"/>
       <c r="F26" s="4"/>
       <c r="G26" s="4"/>
       <c r="H26" s="4"/>
       <c r="I26" s="4"/>
       <c r="J26" s="4"/>
       <c r="K26" s="4"/>
       <c r="L26" s="4"/>
     </row>
-    <row r="27" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A27" s="4">
         <v>22</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C27" s="5"/>
       <c r="D27" s="5"/>
       <c r="E27" s="5"/>
       <c r="F27" s="4"/>
       <c r="G27" s="4"/>
       <c r="H27" s="4"/>
       <c r="I27" s="4"/>
       <c r="J27" s="4"/>
       <c r="K27" s="4"/>
       <c r="L27" s="4"/>
     </row>
-    <row r="28" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A28" s="4">
         <v>23</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>125</v>
       </c>
       <c r="C28" s="5"/>
       <c r="D28" s="5"/>
       <c r="E28" s="5"/>
       <c r="F28" s="4"/>
       <c r="G28" s="4"/>
       <c r="H28" s="4"/>
       <c r="I28" s="4"/>
       <c r="J28" s="4"/>
       <c r="K28" s="4"/>
       <c r="L28" s="4"/>
     </row>
-    <row r="29" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A29" s="4">
         <v>24</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>18</v>
       </c>
       <c r="C29" s="5"/>
       <c r="D29" s="5"/>
       <c r="E29" s="5"/>
       <c r="F29" s="4"/>
       <c r="G29" s="4"/>
       <c r="H29" s="4"/>
       <c r="I29" s="4"/>
       <c r="J29" s="4"/>
       <c r="K29" s="4"/>
       <c r="L29" s="4"/>
     </row>
-    <row r="30" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A30" s="4">
         <v>25</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C30" s="5"/>
       <c r="D30" s="5"/>
       <c r="E30" s="5"/>
       <c r="F30" s="4"/>
       <c r="G30" s="4"/>
       <c r="H30" s="4"/>
       <c r="I30" s="4"/>
       <c r="J30" s="4"/>
       <c r="K30" s="4"/>
       <c r="L30" s="4"/>
     </row>
-    <row r="31" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A31" s="4">
         <v>26</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>126</v>
       </c>
       <c r="C31" s="5"/>
       <c r="D31" s="5"/>
       <c r="E31" s="5"/>
       <c r="F31" s="4"/>
       <c r="G31" s="4"/>
       <c r="H31" s="4"/>
       <c r="I31" s="4"/>
       <c r="J31" s="4"/>
       <c r="K31" s="4"/>
       <c r="L31" s="4"/>
     </row>
-    <row r="32" spans="1:12" ht="16" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A32" s="4">
         <v>27</v>
       </c>
-      <c r="B32" s="5" t="s">
-        <v>20</v>
+      <c r="B32" s="17" t="s">
+        <v>55</v>
       </c>
       <c r="C32" s="5"/>
       <c r="D32" s="5"/>
       <c r="E32" s="5"/>
       <c r="F32" s="4"/>
       <c r="G32" s="4"/>
       <c r="H32" s="4"/>
       <c r="I32" s="4"/>
       <c r="J32" s="4"/>
       <c r="K32" s="4"/>
       <c r="L32" s="4"/>
     </row>
-    <row r="33" spans="1:12" ht="16" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A33" s="14" t="s">
+    <row r="33" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="4">
+        <v>28</v>
+      </c>
+      <c r="B33" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="C33" s="5"/>
+      <c r="D33" s="5"/>
+      <c r="E33" s="5"/>
+      <c r="F33" s="4"/>
+      <c r="G33" s="4"/>
+      <c r="H33" s="4"/>
+      <c r="I33" s="4"/>
+      <c r="J33" s="4"/>
+      <c r="K33" s="4"/>
+      <c r="L33" s="4"/>
+    </row>
+    <row r="34" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="14" t="s">
         <v>95</v>
       </c>
-      <c r="B33" s="15"/>
-[...9 lines deleted...]
-      <c r="L33" s="20"/>
+      <c r="B34" s="15"/>
+      <c r="C34" s="15"/>
+      <c r="D34" s="15"/>
+      <c r="E34" s="15"/>
+      <c r="F34" s="16"/>
+      <c r="G34" s="16"/>
+      <c r="H34" s="16"/>
+      <c r="I34" s="16"/>
+      <c r="J34" s="16"/>
+      <c r="K34" s="16"/>
+      <c r="L34" s="20"/>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B6:B32">
-    <sortCondition ref="B6:B32"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B6:B33">
+    <sortCondition ref="B6:B33"/>
   </sortState>
   <mergeCells count="10">
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="F3:L3"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="K4:K5"/>
     <mergeCell ref="J4:J5"/>
     <mergeCell ref="I4:I5"/>
     <mergeCell ref="L4:L5"/>
     <mergeCell ref="C4:E4"/>
     <mergeCell ref="F4:H4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:L16"/>
   <sheetViews>
     <sheetView topLeftCell="A5" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="B15" sqref="B15"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="7.54296875" style="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="9" width="12.81640625" style="1" customWidth="1"/>
+    <col min="1" max="1" width="7.5703125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="53.5703125" style="1" customWidth="1"/>
+    <col min="3" max="3" width="7.85546875" style="1" customWidth="1"/>
+    <col min="4" max="4" width="6.42578125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="5.85546875" style="1" customWidth="1"/>
+    <col min="6" max="6" width="6.7109375" style="1" customWidth="1"/>
+    <col min="7" max="7" width="6.140625" style="1" customWidth="1"/>
+    <col min="8" max="8" width="5.5703125" style="1" customWidth="1"/>
+    <col min="9" max="9" width="12.85546875" style="1" customWidth="1"/>
     <col min="10" max="10" width="15" style="1" customWidth="1"/>
-    <col min="11" max="11" width="12.26953125" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="13" max="16384" width="9.1796875" style="1"/>
+    <col min="11" max="11" width="12.28515625" style="1" customWidth="1"/>
+    <col min="12" max="12" width="13.85546875" style="1" customWidth="1"/>
+    <col min="13" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="64.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="38" t="s">
+    <row r="1" spans="1:12" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="39" t="s">
         <v>107</v>
       </c>
-      <c r="B1" s="38"/>
-[...11 lines deleted...]
-    <row r="2" spans="1:12" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B1" s="39"/>
+      <c r="C1" s="39"/>
+      <c r="D1" s="39"/>
+      <c r="E1" s="39"/>
+      <c r="F1" s="39"/>
+      <c r="G1" s="39"/>
+      <c r="H1" s="39"/>
+      <c r="I1" s="39"/>
+      <c r="J1" s="39"/>
+      <c r="K1" s="39"/>
+      <c r="L1" s="39"/>
+    </row>
+    <row r="2" spans="1:12" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="2"/>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
     </row>
-    <row r="3" spans="1:12" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:12" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="2"/>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
-      <c r="F3" s="39" t="s">
+      <c r="F3" s="40" t="s">
         <v>108</v>
       </c>
-      <c r="G3" s="40"/>
-[...7 lines deleted...]
-      <c r="A4" s="42" t="s">
+      <c r="G3" s="41"/>
+      <c r="H3" s="41"/>
+      <c r="I3" s="41"/>
+      <c r="J3" s="41"/>
+      <c r="K3" s="41"/>
+      <c r="L3" s="42"/>
+    </row>
+    <row r="4" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="43" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="44" t="s">
+      <c r="B4" s="45" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="48" t="s">
+      <c r="C4" s="49" t="s">
         <v>21</v>
       </c>
-      <c r="D4" s="40"/>
-[...1 lines deleted...]
-      <c r="F4" s="48" t="s">
+      <c r="D4" s="41"/>
+      <c r="E4" s="42"/>
+      <c r="F4" s="49" t="s">
         <v>22</v>
       </c>
-      <c r="G4" s="40"/>
-[...1 lines deleted...]
-      <c r="I4" s="46" t="s">
+      <c r="G4" s="41"/>
+      <c r="H4" s="42"/>
+      <c r="I4" s="47" t="s">
         <v>102</v>
       </c>
-      <c r="J4" s="46" t="s">
+      <c r="J4" s="47" t="s">
         <v>103</v>
       </c>
-      <c r="K4" s="46" t="s">
+      <c r="K4" s="47" t="s">
         <v>104</v>
       </c>
-      <c r="L4" s="46" t="s">
+      <c r="L4" s="47" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="5" spans="1:12" ht="53.25" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B5" s="45"/>
+    <row r="5" spans="1:12" ht="53.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="44"/>
+      <c r="B5" s="46"/>
       <c r="C5" s="22" t="s">
         <v>99</v>
       </c>
       <c r="D5" s="22" t="s">
         <v>100</v>
       </c>
       <c r="E5" s="22" t="s">
         <v>101</v>
       </c>
       <c r="F5" s="22" t="s">
         <v>99</v>
       </c>
       <c r="G5" s="22" t="s">
         <v>100</v>
       </c>
       <c r="H5" s="22" t="s">
         <v>101</v>
       </c>
-      <c r="I5" s="47"/>
-[...4 lines deleted...]
-    <row r="6" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+      <c r="I5" s="48"/>
+      <c r="J5" s="48"/>
+      <c r="K5" s="48"/>
+      <c r="L5" s="48"/>
+    </row>
+    <row r="6" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="4">
         <v>2</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>27</v>
       </c>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
       <c r="F6" s="4"/>
       <c r="G6" s="4"/>
       <c r="H6" s="4"/>
       <c r="I6" s="4"/>
       <c r="J6" s="4"/>
       <c r="K6" s="4"/>
       <c r="L6" s="4"/>
     </row>
-    <row r="7" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="4">
         <v>3</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>28</v>
       </c>
       <c r="C7" s="5"/>
       <c r="D7" s="5"/>
       <c r="E7" s="5"/>
       <c r="F7" s="4"/>
       <c r="G7" s="4"/>
       <c r="H7" s="4"/>
       <c r="I7" s="4"/>
       <c r="J7" s="4"/>
       <c r="K7" s="4"/>
       <c r="L7" s="4"/>
     </row>
-    <row r="8" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="4">
         <v>4</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>105</v>
       </c>
       <c r="C8" s="5"/>
       <c r="D8" s="5"/>
       <c r="E8" s="5"/>
       <c r="F8" s="4"/>
       <c r="G8" s="4"/>
       <c r="H8" s="4"/>
       <c r="I8" s="4"/>
       <c r="J8" s="4"/>
       <c r="K8" s="4"/>
       <c r="L8" s="4"/>
     </row>
-    <row r="9" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="4">
         <v>5</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>29</v>
       </c>
       <c r="C9" s="5"/>
       <c r="D9" s="5"/>
       <c r="E9" s="5"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
       <c r="I9" s="4"/>
       <c r="J9" s="4"/>
       <c r="K9" s="4"/>
       <c r="L9" s="4"/>
     </row>
-    <row r="10" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="4">
         <v>6</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>30</v>
       </c>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="7"/>
       <c r="F10" s="4"/>
       <c r="G10" s="4"/>
       <c r="H10" s="4"/>
       <c r="I10" s="4"/>
       <c r="J10" s="4"/>
       <c r="K10" s="4"/>
       <c r="L10" s="4"/>
     </row>
-    <row r="11" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="4">
         <v>7</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="4"/>
       <c r="G11" s="4"/>
       <c r="H11" s="4"/>
       <c r="I11" s="4"/>
       <c r="J11" s="4"/>
       <c r="K11" s="4"/>
       <c r="L11" s="4"/>
     </row>
-    <row r="12" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="4">
         <v>8</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="5"/>
       <c r="D12" s="5"/>
       <c r="E12" s="5"/>
       <c r="F12" s="4"/>
       <c r="G12" s="4"/>
       <c r="H12" s="4"/>
       <c r="I12" s="4"/>
       <c r="J12" s="4"/>
       <c r="K12" s="4"/>
       <c r="L12" s="4"/>
     </row>
-    <row r="13" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A13" s="4">
         <v>9</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="5"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
       <c r="F13" s="4"/>
       <c r="G13" s="4"/>
       <c r="H13" s="4"/>
       <c r="I13" s="4"/>
       <c r="J13" s="4"/>
       <c r="K13" s="4"/>
       <c r="L13" s="4"/>
     </row>
-    <row r="14" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="4">
         <v>10</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="5"/>
       <c r="D14" s="5"/>
       <c r="E14" s="5"/>
       <c r="F14" s="4"/>
       <c r="G14" s="4"/>
       <c r="H14" s="4"/>
       <c r="I14" s="4"/>
       <c r="J14" s="4"/>
       <c r="K14" s="4"/>
       <c r="L14" s="4"/>
     </row>
-    <row r="15" spans="1:12" ht="16" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="12">
         <v>11</v>
       </c>
       <c r="B15" s="13" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="24"/>
       <c r="D15" s="24"/>
       <c r="E15" s="24"/>
       <c r="F15" s="25"/>
       <c r="G15" s="25"/>
       <c r="H15" s="25"/>
       <c r="I15" s="25"/>
       <c r="J15" s="25"/>
       <c r="K15" s="25"/>
       <c r="L15" s="25"/>
     </row>
-    <row r="16" spans="1:12" ht="16" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" s="14" t="s">
         <v>95</v>
       </c>
       <c r="B16" s="26"/>
       <c r="C16" s="27"/>
       <c r="D16" s="15"/>
       <c r="E16" s="15"/>
       <c r="F16" s="16"/>
       <c r="G16" s="16"/>
       <c r="H16" s="16"/>
       <c r="I16" s="16"/>
       <c r="J16" s="16"/>
       <c r="K16" s="16"/>
       <c r="L16" s="20"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B5:B15">
     <sortCondition ref="B5:B15"/>
   </sortState>
   <mergeCells count="10">
     <mergeCell ref="L4:L5"/>
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="F3:L3"/>
     <mergeCell ref="I4:I5"/>
     <mergeCell ref="J4:J5"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:E4"/>
     <mergeCell ref="F4:H4"/>
     <mergeCell ref="K4:K5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:L30"/>
   <sheetViews>
     <sheetView topLeftCell="A5" workbookViewId="0">
       <selection activeCell="B14" sqref="B14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="7.54296875" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="6.453125" style="1" customWidth="1"/>
+    <col min="1" max="1" width="7.5703125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="53.5703125" style="1" customWidth="1"/>
+    <col min="3" max="3" width="6.42578125" style="1" customWidth="1"/>
     <col min="4" max="4" width="7" style="1" customWidth="1"/>
-    <col min="5" max="5" width="6.26953125" style="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="13" max="16384" width="9.1796875" style="1"/>
+    <col min="5" max="5" width="6.28515625" style="1" customWidth="1"/>
+    <col min="6" max="6" width="6.140625" style="1" customWidth="1"/>
+    <col min="7" max="7" width="6.5703125" style="1" customWidth="1"/>
+    <col min="8" max="8" width="6.140625" style="1" customWidth="1"/>
+    <col min="9" max="9" width="12.7109375" style="1" customWidth="1"/>
+    <col min="10" max="10" width="14.140625" style="1" customWidth="1"/>
+    <col min="11" max="11" width="13.5703125" style="1" customWidth="1"/>
+    <col min="12" max="12" width="17.28515625" style="1" customWidth="1"/>
+    <col min="13" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="55.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="38" t="s">
+    <row r="1" spans="1:12" ht="55.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="39" t="s">
         <v>106</v>
       </c>
-      <c r="B1" s="38"/>
-[...9 lines deleted...]
-    <row r="2" spans="1:12" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B1" s="39"/>
+      <c r="C1" s="39"/>
+      <c r="D1" s="39"/>
+      <c r="E1" s="39"/>
+      <c r="F1" s="39"/>
+      <c r="G1" s="39"/>
+      <c r="H1" s="39"/>
+      <c r="I1" s="39"/>
+      <c r="J1" s="39"/>
+    </row>
+    <row r="2" spans="1:12" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="2"/>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
     </row>
-    <row r="3" spans="1:12" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:12" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="2"/>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
-      <c r="F3" s="39" t="s">
+      <c r="F3" s="40" t="s">
         <v>108</v>
       </c>
-      <c r="G3" s="40"/>
-[...7 lines deleted...]
-      <c r="A4" s="42" t="s">
+      <c r="G3" s="41"/>
+      <c r="H3" s="41"/>
+      <c r="I3" s="41"/>
+      <c r="J3" s="41"/>
+      <c r="K3" s="41"/>
+      <c r="L3" s="42"/>
+    </row>
+    <row r="4" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="43" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="44" t="s">
+      <c r="B4" s="45" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="48" t="s">
+      <c r="C4" s="49" t="s">
         <v>21</v>
       </c>
-      <c r="D4" s="40"/>
-[...1 lines deleted...]
-      <c r="F4" s="48" t="s">
+      <c r="D4" s="41"/>
+      <c r="E4" s="42"/>
+      <c r="F4" s="49" t="s">
         <v>22</v>
       </c>
-      <c r="G4" s="40"/>
-[...1 lines deleted...]
-      <c r="I4" s="46" t="s">
+      <c r="G4" s="41"/>
+      <c r="H4" s="42"/>
+      <c r="I4" s="47" t="s">
         <v>102</v>
       </c>
-      <c r="J4" s="46" t="s">
+      <c r="J4" s="47" t="s">
         <v>103</v>
       </c>
-      <c r="K4" s="46" t="s">
+      <c r="K4" s="47" t="s">
         <v>104</v>
       </c>
-      <c r="L4" s="46" t="s">
+      <c r="L4" s="47" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="5" spans="1:12" ht="51" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B5" s="45"/>
+    <row r="5" spans="1:12" ht="51" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="44"/>
+      <c r="B5" s="46"/>
       <c r="C5" s="22" t="s">
         <v>99</v>
       </c>
       <c r="D5" s="22" t="s">
         <v>100</v>
       </c>
       <c r="E5" s="22" t="s">
         <v>101</v>
       </c>
       <c r="F5" s="22" t="s">
         <v>99</v>
       </c>
       <c r="G5" s="22" t="s">
         <v>100</v>
       </c>
       <c r="H5" s="22" t="s">
         <v>101</v>
       </c>
-      <c r="I5" s="47"/>
-[...4 lines deleted...]
-    <row r="6" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+      <c r="I5" s="48"/>
+      <c r="J5" s="48"/>
+      <c r="K5" s="48"/>
+      <c r="L5" s="48"/>
+    </row>
+    <row r="6" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="4">
         <v>1</v>
       </c>
       <c r="B6" s="10" t="s">
         <v>36</v>
       </c>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
       <c r="F6" s="4"/>
       <c r="G6" s="4"/>
       <c r="H6" s="4"/>
       <c r="I6" s="4"/>
       <c r="J6" s="4"/>
       <c r="K6" s="4"/>
       <c r="L6" s="4"/>
     </row>
-    <row r="7" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="4">
         <v>2</v>
       </c>
       <c r="B7" s="10" t="s">
         <v>37</v>
       </c>
       <c r="C7" s="5"/>
       <c r="D7" s="5"/>
       <c r="E7" s="5"/>
       <c r="F7" s="4"/>
       <c r="G7" s="4"/>
       <c r="H7" s="4"/>
       <c r="I7" s="4"/>
       <c r="J7" s="4"/>
       <c r="K7" s="4"/>
       <c r="L7" s="4"/>
     </row>
-    <row r="8" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="4">
         <v>3</v>
       </c>
       <c r="B8" s="10" t="s">
         <v>38</v>
       </c>
       <c r="C8" s="5"/>
       <c r="D8" s="5"/>
       <c r="E8" s="5"/>
       <c r="F8" s="4"/>
       <c r="G8" s="4"/>
       <c r="H8" s="4"/>
       <c r="I8" s="4"/>
       <c r="J8" s="4"/>
       <c r="K8" s="4"/>
       <c r="L8" s="4"/>
     </row>
-    <row r="9" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="4">
         <v>4</v>
       </c>
       <c r="B9" s="10" t="s">
         <v>39</v>
       </c>
       <c r="C9" s="5"/>
       <c r="D9" s="5"/>
       <c r="E9" s="5"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
       <c r="I9" s="4"/>
       <c r="J9" s="4"/>
       <c r="K9" s="4"/>
       <c r="L9" s="4"/>
     </row>
-    <row r="10" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="4">
         <v>5</v>
       </c>
       <c r="B10" s="10" t="s">
         <v>40</v>
       </c>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="7"/>
       <c r="F10" s="4"/>
       <c r="G10" s="4"/>
       <c r="H10" s="4"/>
       <c r="I10" s="4"/>
       <c r="J10" s="4"/>
       <c r="K10" s="4"/>
       <c r="L10" s="4"/>
     </row>
-    <row r="11" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="4">
         <v>6</v>
       </c>
       <c r="B11" s="10" t="s">
         <v>41</v>
       </c>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="4"/>
       <c r="G11" s="4"/>
       <c r="H11" s="4"/>
       <c r="I11" s="4"/>
       <c r="J11" s="4"/>
       <c r="K11" s="4"/>
       <c r="L11" s="4"/>
     </row>
-    <row r="12" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="4">
         <v>7</v>
       </c>
-      <c r="B12" s="49" t="s">
+      <c r="B12" s="38" t="s">
         <v>77</v>
       </c>
       <c r="C12" s="5"/>
       <c r="D12" s="5"/>
       <c r="E12" s="5"/>
       <c r="F12" s="4"/>
       <c r="G12" s="4"/>
       <c r="H12" s="4"/>
       <c r="I12" s="4"/>
       <c r="J12" s="4"/>
       <c r="K12" s="4"/>
       <c r="L12" s="4"/>
     </row>
-    <row r="13" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A13" s="4">
         <v>8</v>
       </c>
       <c r="B13" s="10" t="s">
         <v>42</v>
       </c>
       <c r="C13" s="5"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
       <c r="F13" s="4"/>
       <c r="G13" s="4"/>
       <c r="H13" s="4"/>
       <c r="I13" s="4"/>
       <c r="J13" s="4"/>
       <c r="K13" s="4"/>
       <c r="L13" s="4"/>
     </row>
-    <row r="14" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="4">
         <v>9</v>
       </c>
       <c r="B14" s="10" t="s">
         <v>43</v>
       </c>
       <c r="C14" s="5"/>
       <c r="D14" s="5"/>
       <c r="E14" s="5"/>
       <c r="F14" s="4"/>
       <c r="G14" s="4"/>
       <c r="H14" s="4"/>
       <c r="I14" s="4"/>
       <c r="J14" s="4"/>
       <c r="K14" s="4"/>
       <c r="L14" s="4"/>
     </row>
-    <row r="15" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A15" s="4">
         <v>10</v>
       </c>
       <c r="B15" s="28" t="s">
         <v>44</v>
       </c>
       <c r="C15" s="5"/>
       <c r="D15" s="5"/>
       <c r="E15" s="5"/>
       <c r="F15" s="4"/>
       <c r="G15" s="4"/>
       <c r="H15" s="4"/>
       <c r="I15" s="4"/>
       <c r="J15" s="4"/>
       <c r="K15" s="4"/>
       <c r="L15" s="4"/>
     </row>
-    <row r="16" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A16" s="4">
         <v>11</v>
       </c>
       <c r="B16" s="28" t="s">
         <v>45</v>
       </c>
       <c r="C16" s="5"/>
       <c r="D16" s="5"/>
       <c r="E16" s="5"/>
       <c r="F16" s="4"/>
       <c r="G16" s="4"/>
       <c r="H16" s="4"/>
       <c r="I16" s="4"/>
       <c r="J16" s="4"/>
       <c r="K16" s="4"/>
       <c r="L16" s="4"/>
     </row>
-    <row r="17" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A17" s="4">
         <v>12</v>
       </c>
       <c r="B17" s="28" t="s">
         <v>46</v>
       </c>
       <c r="C17" s="10"/>
       <c r="D17" s="4"/>
       <c r="E17" s="4"/>
       <c r="F17" s="4"/>
       <c r="G17" s="4"/>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
     </row>
-    <row r="18" spans="1:12" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="4">
         <v>13</v>
       </c>
       <c r="B18" s="28" t="s">
         <v>47</v>
       </c>
       <c r="C18" s="29"/>
       <c r="D18" s="25"/>
       <c r="E18" s="25"/>
       <c r="F18" s="25"/>
       <c r="G18" s="25"/>
       <c r="H18" s="30"/>
       <c r="I18" s="30"/>
       <c r="J18" s="30"/>
       <c r="K18" s="30"/>
       <c r="L18" s="30"/>
     </row>
-    <row r="19" spans="1:12" ht="16" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A19" s="14" t="s">
         <v>95</v>
       </c>
       <c r="B19" s="26"/>
       <c r="C19" s="15"/>
       <c r="D19" s="16"/>
       <c r="E19" s="16"/>
       <c r="F19" s="16"/>
       <c r="G19" s="16"/>
       <c r="H19" s="16"/>
       <c r="I19" s="16"/>
       <c r="J19" s="16"/>
       <c r="K19" s="31"/>
       <c r="L19" s="32"/>
     </row>
-    <row r="20" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="8"/>
       <c r="B20" s="9"/>
       <c r="C20" s="9"/>
       <c r="D20" s="8"/>
       <c r="E20" s="8"/>
       <c r="F20" s="8"/>
       <c r="G20" s="8"/>
     </row>
-    <row r="21" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A21" s="8"/>
       <c r="C21" s="9"/>
       <c r="D21" s="8"/>
       <c r="E21" s="8"/>
       <c r="F21" s="8"/>
       <c r="G21" s="8"/>
     </row>
-    <row r="22" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A22" s="8"/>
       <c r="B22" s="9"/>
       <c r="C22" s="9"/>
       <c r="D22" s="8"/>
       <c r="E22" s="8"/>
       <c r="F22" s="8"/>
       <c r="G22" s="8"/>
     </row>
-    <row r="23" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A23" s="8"/>
       <c r="B23" s="9"/>
       <c r="C23" s="9"/>
       <c r="D23" s="8"/>
       <c r="E23" s="8"/>
       <c r="F23" s="8"/>
       <c r="G23" s="8"/>
     </row>
-    <row r="24" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A24" s="8"/>
       <c r="B24" s="9"/>
       <c r="C24" s="9"/>
       <c r="D24" s="8"/>
       <c r="E24" s="8"/>
       <c r="F24" s="8"/>
       <c r="G24" s="8"/>
     </row>
-    <row r="25" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A25" s="8"/>
       <c r="B25" s="9"/>
       <c r="C25" s="9"/>
       <c r="D25" s="8"/>
       <c r="E25" s="8"/>
       <c r="F25" s="8"/>
       <c r="G25" s="8"/>
     </row>
-    <row r="26" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A26" s="8"/>
       <c r="B26" s="9"/>
       <c r="C26" s="9"/>
       <c r="D26" s="8"/>
       <c r="E26" s="8"/>
       <c r="F26" s="8"/>
       <c r="G26" s="8"/>
     </row>
-    <row r="27" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A27" s="8"/>
       <c r="B27" s="9"/>
       <c r="C27" s="9"/>
       <c r="D27" s="8"/>
       <c r="E27" s="8"/>
       <c r="F27" s="8"/>
       <c r="G27" s="8"/>
     </row>
-    <row r="28" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A28" s="8"/>
     </row>
-    <row r="29" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A29" s="8"/>
     </row>
-    <row r="30" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A30" s="8"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A5:H18">
     <sortCondition ref="B4:B18"/>
   </sortState>
   <mergeCells count="10">
     <mergeCell ref="L4:L5"/>
     <mergeCell ref="I4:I5"/>
     <mergeCell ref="J4:J5"/>
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="F3:L3"/>
     <mergeCell ref="C4:E4"/>
     <mergeCell ref="F4:H4"/>
     <mergeCell ref="K4:K5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
-  <dimension ref="A1:L27"/>
+  <dimension ref="A1:L26"/>
   <sheetViews>
-    <sheetView topLeftCell="A5" workbookViewId="0">
-      <selection activeCell="B18" sqref="B18"/>
+    <sheetView tabSelected="1" topLeftCell="A5" workbookViewId="0">
+      <selection activeCell="B27" sqref="B27"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="7.54296875" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="6.26953125" style="1" customWidth="1"/>
+    <col min="1" max="1" width="7.5703125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="53.5703125" style="1" customWidth="1"/>
+    <col min="3" max="3" width="6.28515625" style="1" customWidth="1"/>
     <col min="4" max="4" width="7" style="1" customWidth="1"/>
-    <col min="5" max="5" width="6.1796875" style="1" customWidth="1"/>
+    <col min="5" max="5" width="6.140625" style="1" customWidth="1"/>
     <col min="6" max="7" width="7" style="1" customWidth="1"/>
     <col min="8" max="8" width="6" style="1" customWidth="1"/>
-    <col min="9" max="9" width="13.26953125" style="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="13" max="16384" width="9.1796875" style="1"/>
+    <col min="9" max="9" width="13.28515625" style="1" customWidth="1"/>
+    <col min="10" max="10" width="14.28515625" style="1" customWidth="1"/>
+    <col min="11" max="11" width="11.42578125" style="1" customWidth="1"/>
+    <col min="12" max="12" width="15.5703125" style="1" customWidth="1"/>
+    <col min="13" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="51.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="38" t="s">
+    <row r="1" spans="1:12" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="39" t="s">
         <v>113</v>
       </c>
-      <c r="B1" s="38"/>
-[...11 lines deleted...]
-    <row r="2" spans="1:12" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B1" s="39"/>
+      <c r="C1" s="39"/>
+      <c r="D1" s="39"/>
+      <c r="E1" s="39"/>
+      <c r="F1" s="39"/>
+      <c r="G1" s="39"/>
+      <c r="H1" s="39"/>
+      <c r="I1" s="39"/>
+      <c r="J1" s="39"/>
+      <c r="K1" s="39"/>
+      <c r="L1" s="39"/>
+    </row>
+    <row r="2" spans="1:12" ht="8.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="2"/>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
     </row>
-    <row r="3" spans="1:12" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:12" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="2"/>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
-      <c r="F3" s="39" t="s">
+      <c r="F3" s="40" t="s">
         <v>108</v>
       </c>
-      <c r="G3" s="40"/>
-[...7 lines deleted...]
-      <c r="A4" s="42" t="s">
+      <c r="G3" s="41"/>
+      <c r="H3" s="41"/>
+      <c r="I3" s="41"/>
+      <c r="J3" s="41"/>
+      <c r="K3" s="41"/>
+      <c r="L3" s="42"/>
+    </row>
+    <row r="4" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="43" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="44" t="s">
+      <c r="B4" s="45" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="48" t="s">
+      <c r="C4" s="49" t="s">
         <v>21</v>
       </c>
-      <c r="D4" s="40"/>
-[...1 lines deleted...]
-      <c r="F4" s="48" t="s">
+      <c r="D4" s="41"/>
+      <c r="E4" s="42"/>
+      <c r="F4" s="49" t="s">
         <v>22</v>
       </c>
-      <c r="G4" s="40"/>
-[...1 lines deleted...]
-      <c r="I4" s="46" t="s">
+      <c r="G4" s="41"/>
+      <c r="H4" s="42"/>
+      <c r="I4" s="47" t="s">
         <v>102</v>
       </c>
-      <c r="J4" s="46" t="s">
+      <c r="J4" s="47" t="s">
         <v>103</v>
       </c>
-      <c r="K4" s="46" t="s">
+      <c r="K4" s="47" t="s">
         <v>104</v>
       </c>
-      <c r="L4" s="46" t="s">
+      <c r="L4" s="47" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="5" spans="1:12" ht="54" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B5" s="45"/>
+    <row r="5" spans="1:12" ht="54" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="44"/>
+      <c r="B5" s="46"/>
       <c r="C5" s="22" t="s">
         <v>99</v>
       </c>
       <c r="D5" s="22" t="s">
         <v>100</v>
       </c>
       <c r="E5" s="22" t="s">
         <v>101</v>
       </c>
       <c r="F5" s="22" t="s">
         <v>99</v>
       </c>
       <c r="G5" s="22" t="s">
         <v>100</v>
       </c>
       <c r="H5" s="22" t="s">
         <v>101</v>
       </c>
-      <c r="I5" s="47"/>
-[...4 lines deleted...]
-    <row r="6" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="I5" s="48"/>
+      <c r="J5" s="48"/>
+      <c r="K5" s="48"/>
+      <c r="L5" s="48"/>
+    </row>
+    <row r="6" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="4">
         <v>1</v>
       </c>
       <c r="B6" s="11" t="s">
         <v>109</v>
       </c>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
       <c r="F6" s="4"/>
       <c r="G6" s="4"/>
       <c r="H6" s="4"/>
       <c r="I6" s="4"/>
       <c r="J6" s="4"/>
       <c r="K6" s="4"/>
       <c r="L6" s="4"/>
     </row>
-    <row r="7" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="4">
         <v>2</v>
       </c>
       <c r="B7" s="11" t="s">
         <v>127</v>
       </c>
       <c r="C7" s="5"/>
       <c r="D7" s="5"/>
       <c r="E7" s="5"/>
       <c r="F7" s="4"/>
       <c r="G7" s="4"/>
       <c r="H7" s="4"/>
       <c r="I7" s="4"/>
       <c r="J7" s="4"/>
       <c r="K7" s="4"/>
       <c r="L7" s="4"/>
     </row>
-    <row r="8" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="4">
         <v>3</v>
       </c>
       <c r="B8" s="11" t="s">
         <v>128</v>
       </c>
       <c r="C8" s="5"/>
       <c r="D8" s="5"/>
       <c r="E8" s="5"/>
       <c r="F8" s="4"/>
       <c r="G8" s="4"/>
       <c r="H8" s="4"/>
       <c r="I8" s="4"/>
       <c r="J8" s="4"/>
       <c r="K8" s="4"/>
       <c r="L8" s="4"/>
     </row>
-    <row r="9" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="4">
         <v>4</v>
       </c>
       <c r="B9" s="11" t="s">
         <v>48</v>
       </c>
       <c r="C9" s="5"/>
       <c r="D9" s="5"/>
       <c r="E9" s="5"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
       <c r="I9" s="4"/>
       <c r="J9" s="4"/>
       <c r="K9" s="4"/>
       <c r="L9" s="4"/>
     </row>
-    <row r="10" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="4">
         <v>5</v>
       </c>
       <c r="B10" s="11" t="s">
         <v>112</v>
       </c>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="7"/>
       <c r="F10" s="4"/>
       <c r="G10" s="4"/>
       <c r="H10" s="4"/>
       <c r="I10" s="4"/>
       <c r="J10" s="4"/>
       <c r="K10" s="4"/>
       <c r="L10" s="4"/>
     </row>
-    <row r="11" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="4">
         <v>6</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>111</v>
       </c>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="4"/>
       <c r="G11" s="4"/>
       <c r="H11" s="4"/>
       <c r="I11" s="4"/>
       <c r="J11" s="4"/>
       <c r="K11" s="4"/>
       <c r="L11" s="4"/>
     </row>
-    <row r="12" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="4">
         <v>7</v>
       </c>
       <c r="B12" s="11" t="s">
         <v>49</v>
       </c>
       <c r="C12" s="5"/>
       <c r="D12" s="5"/>
       <c r="E12" s="5"/>
       <c r="F12" s="4"/>
       <c r="G12" s="4"/>
       <c r="H12" s="4"/>
       <c r="I12" s="4"/>
       <c r="J12" s="4"/>
       <c r="K12" s="4"/>
       <c r="L12" s="4"/>
     </row>
-    <row r="13" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A13" s="4">
         <v>8</v>
       </c>
       <c r="B13" s="11" t="s">
         <v>110</v>
       </c>
       <c r="C13" s="5"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
       <c r="F13" s="4"/>
       <c r="G13" s="4"/>
       <c r="H13" s="4"/>
       <c r="I13" s="4"/>
       <c r="J13" s="4"/>
       <c r="K13" s="4"/>
       <c r="L13" s="4"/>
     </row>
-    <row r="14" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="4">
         <v>9</v>
       </c>
       <c r="B14" s="17" t="s">
         <v>51</v>
       </c>
       <c r="C14" s="5"/>
       <c r="D14" s="5"/>
       <c r="E14" s="5"/>
       <c r="F14" s="4"/>
       <c r="G14" s="4"/>
       <c r="H14" s="4"/>
       <c r="I14" s="4"/>
       <c r="J14" s="4"/>
       <c r="K14" s="4"/>
       <c r="L14" s="4"/>
     </row>
-    <row r="15" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A15" s="4">
         <v>10</v>
       </c>
       <c r="B15" s="11" t="s">
         <v>52</v>
       </c>
       <c r="C15" s="5"/>
       <c r="D15" s="5"/>
       <c r="E15" s="5"/>
       <c r="F15" s="4"/>
       <c r="G15" s="4"/>
       <c r="H15" s="4"/>
       <c r="I15" s="4"/>
       <c r="J15" s="4"/>
       <c r="K15" s="4"/>
       <c r="L15" s="4"/>
     </row>
-    <row r="16" spans="1:12" ht="31" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:12" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A16" s="4">
         <v>11</v>
       </c>
       <c r="B16" s="11" t="s">
         <v>53</v>
       </c>
       <c r="C16" s="5"/>
       <c r="D16" s="5"/>
       <c r="E16" s="5"/>
       <c r="F16" s="4"/>
       <c r="G16" s="4"/>
       <c r="H16" s="4"/>
       <c r="I16" s="4"/>
       <c r="J16" s="4"/>
       <c r="K16" s="4"/>
       <c r="L16" s="4"/>
     </row>
-    <row r="17" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="4">
         <v>12</v>
       </c>
       <c r="B17" s="11" t="s">
         <v>54</v>
       </c>
       <c r="C17" s="10"/>
       <c r="D17" s="4"/>
       <c r="E17" s="4"/>
       <c r="F17" s="4"/>
       <c r="G17" s="4"/>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
     </row>
-    <row r="18" spans="1:12" ht="16" thickBot="1" x14ac:dyDescent="0.35">
-[...18 lines deleted...]
-      <c r="A19" s="14" t="s">
+    <row r="18" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="14" t="s">
         <v>95</v>
       </c>
-      <c r="B19" s="15"/>
-[...11 lines deleted...]
-    <row r="20" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+      <c r="B18" s="15"/>
+      <c r="C18" s="15"/>
+      <c r="D18" s="16"/>
+      <c r="E18" s="16"/>
+      <c r="F18" s="16"/>
+      <c r="G18" s="16"/>
+      <c r="H18" s="16"/>
+      <c r="I18" s="16"/>
+      <c r="J18" s="16"/>
+      <c r="K18" s="31"/>
+      <c r="L18" s="32"/>
+    </row>
+    <row r="19" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A19" s="8"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="9"/>
+      <c r="D19" s="8"/>
+      <c r="E19" s="8"/>
+      <c r="F19" s="8"/>
+      <c r="G19" s="8"/>
+    </row>
+    <row r="20" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="8"/>
-      <c r="B20" s="9"/>
       <c r="C20" s="9"/>
       <c r="D20" s="8"/>
       <c r="E20" s="8"/>
       <c r="F20" s="8"/>
       <c r="G20" s="8"/>
     </row>
-    <row r="21" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A21" s="8"/>
+      <c r="B21" s="9"/>
       <c r="C21" s="9"/>
       <c r="D21" s="8"/>
       <c r="E21" s="8"/>
       <c r="F21" s="8"/>
       <c r="G21" s="8"/>
     </row>
-    <row r="22" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A22" s="8"/>
       <c r="B22" s="9"/>
       <c r="C22" s="9"/>
       <c r="D22" s="8"/>
       <c r="E22" s="8"/>
       <c r="F22" s="8"/>
       <c r="G22" s="8"/>
     </row>
-    <row r="23" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A23" s="8"/>
       <c r="B23" s="9"/>
       <c r="C23" s="9"/>
       <c r="D23" s="8"/>
       <c r="E23" s="8"/>
       <c r="F23" s="8"/>
       <c r="G23" s="8"/>
     </row>
-    <row r="24" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A24" s="8"/>
-      <c r="B24" s="9"/>
-[...6 lines deleted...]
-    <row r="25" spans="1:12" x14ac:dyDescent="0.3">
+    </row>
+    <row r="25" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A25" s="8"/>
     </row>
-    <row r="26" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A26" s="8"/>
     </row>
-    <row r="27" spans="1:12" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-    </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A5:H22">
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A5:H21">
     <sortCondition ref="B5"/>
   </sortState>
   <mergeCells count="10">
     <mergeCell ref="L4:L5"/>
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="I4:I5"/>
     <mergeCell ref="J4:J5"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="F3:L3"/>
     <mergeCell ref="C4:E4"/>
     <mergeCell ref="F4:H4"/>
     <mergeCell ref="K4:K5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:L22"/>
   <sheetViews>
     <sheetView topLeftCell="A5" workbookViewId="0">
       <selection activeCell="C16" sqref="C16"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="7.54296875" style="1" customWidth="1"/>
-    <col min="2" max="2" width="48.54296875" style="1" customWidth="1"/>
+    <col min="1" max="1" width="7.5703125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="48.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="7" style="1" customWidth="1"/>
-    <col min="4" max="4" width="6.7265625" style="1" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="13" max="16384" width="9.1796875" style="1"/>
+    <col min="4" max="4" width="6.7109375" style="1" customWidth="1"/>
+    <col min="5" max="5" width="6.140625" style="1" customWidth="1"/>
+    <col min="6" max="6" width="5.42578125" style="1" customWidth="1"/>
+    <col min="7" max="7" width="5.7109375" style="1" customWidth="1"/>
+    <col min="8" max="8" width="5.5703125" style="1" customWidth="1"/>
+    <col min="9" max="9" width="12.7109375" style="1" customWidth="1"/>
+    <col min="10" max="10" width="12.5703125" style="1" customWidth="1"/>
+    <col min="11" max="11" width="13.28515625" style="1" customWidth="1"/>
+    <col min="12" max="12" width="18.42578125" style="1" customWidth="1"/>
+    <col min="13" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="53.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="38" t="s">
+    <row r="1" spans="1:12" ht="53.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="39" t="s">
         <v>115</v>
       </c>
-      <c r="B1" s="38"/>
-[...9 lines deleted...]
-    <row r="2" spans="1:12" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B1" s="39"/>
+      <c r="C1" s="39"/>
+      <c r="D1" s="39"/>
+      <c r="E1" s="39"/>
+      <c r="F1" s="39"/>
+      <c r="G1" s="39"/>
+      <c r="H1" s="39"/>
+      <c r="I1" s="39"/>
+      <c r="J1" s="39"/>
+    </row>
+    <row r="2" spans="1:12" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="2"/>
       <c r="B2" s="18"/>
       <c r="C2" s="18"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
     </row>
-    <row r="3" spans="1:12" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:12" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="2"/>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
-      <c r="F3" s="39" t="s">
+      <c r="F3" s="40" t="s">
         <v>108</v>
       </c>
-      <c r="G3" s="40"/>
-[...7 lines deleted...]
-      <c r="A4" s="42" t="s">
+      <c r="G3" s="41"/>
+      <c r="H3" s="41"/>
+      <c r="I3" s="41"/>
+      <c r="J3" s="41"/>
+      <c r="K3" s="41"/>
+      <c r="L3" s="42"/>
+    </row>
+    <row r="4" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="43" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="44" t="s">
+      <c r="B4" s="45" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="48" t="s">
+      <c r="C4" s="49" t="s">
         <v>21</v>
       </c>
-      <c r="D4" s="40"/>
-[...1 lines deleted...]
-      <c r="F4" s="48" t="s">
+      <c r="D4" s="41"/>
+      <c r="E4" s="42"/>
+      <c r="F4" s="49" t="s">
         <v>22</v>
       </c>
-      <c r="G4" s="40"/>
-[...1 lines deleted...]
-      <c r="I4" s="46" t="s">
+      <c r="G4" s="41"/>
+      <c r="H4" s="42"/>
+      <c r="I4" s="47" t="s">
         <v>102</v>
       </c>
-      <c r="J4" s="46" t="s">
+      <c r="J4" s="47" t="s">
         <v>103</v>
       </c>
-      <c r="K4" s="46" t="s">
+      <c r="K4" s="47" t="s">
         <v>104</v>
       </c>
-      <c r="L4" s="46" t="s">
+      <c r="L4" s="47" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="5" spans="1:12" ht="58.5" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B5" s="45"/>
+    <row r="5" spans="1:12" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="44"/>
+      <c r="B5" s="46"/>
       <c r="C5" s="22" t="s">
         <v>99</v>
       </c>
       <c r="D5" s="22" t="s">
         <v>100</v>
       </c>
       <c r="E5" s="22" t="s">
         <v>101</v>
       </c>
       <c r="F5" s="22" t="s">
         <v>99</v>
       </c>
       <c r="G5" s="22" t="s">
         <v>100</v>
       </c>
       <c r="H5" s="22" t="s">
         <v>101</v>
       </c>
-      <c r="I5" s="47"/>
-[...4 lines deleted...]
-    <row r="6" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="I5" s="48"/>
+      <c r="J5" s="48"/>
+      <c r="K5" s="48"/>
+      <c r="L5" s="48"/>
+    </row>
+    <row r="6" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="4">
         <v>1</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>129</v>
       </c>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
       <c r="F6" s="4"/>
       <c r="G6" s="4"/>
       <c r="H6" s="4"/>
       <c r="I6" s="4"/>
       <c r="J6" s="4"/>
       <c r="K6" s="4"/>
       <c r="L6" s="4"/>
     </row>
-    <row r="7" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="4">
         <v>2</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>130</v>
       </c>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="13"/>
       <c r="F7" s="12"/>
       <c r="G7" s="12"/>
       <c r="H7" s="12"/>
       <c r="I7" s="12"/>
       <c r="J7" s="12"/>
       <c r="K7" s="12"/>
       <c r="L7" s="12"/>
     </row>
-    <row r="8" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="4">
         <v>3</v>
       </c>
       <c r="B8" s="33" t="s">
         <v>56</v>
       </c>
       <c r="C8" s="5"/>
       <c r="D8" s="5"/>
       <c r="E8" s="5"/>
       <c r="F8" s="4"/>
       <c r="G8" s="4"/>
       <c r="H8" s="4"/>
       <c r="I8" s="4"/>
       <c r="J8" s="4"/>
       <c r="K8" s="4"/>
       <c r="L8" s="4"/>
     </row>
-    <row r="9" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="4">
         <v>4</v>
       </c>
       <c r="B9" s="33" t="s">
         <v>57</v>
       </c>
       <c r="C9" s="5"/>
       <c r="D9" s="5"/>
       <c r="E9" s="5"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
       <c r="I9" s="4"/>
       <c r="J9" s="4"/>
       <c r="K9" s="4"/>
       <c r="L9" s="4"/>
     </row>
-    <row r="10" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="4">
         <v>5</v>
       </c>
       <c r="B10" s="33" t="s">
         <v>59</v>
       </c>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="7"/>
       <c r="F10" s="4"/>
       <c r="G10" s="4"/>
       <c r="H10" s="4"/>
       <c r="I10" s="4"/>
       <c r="J10" s="4"/>
       <c r="K10" s="4"/>
       <c r="L10" s="4"/>
     </row>
-    <row r="11" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="4">
         <v>7</v>
       </c>
       <c r="B11" s="33" t="s">
         <v>60</v>
       </c>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="4"/>
       <c r="G11" s="4"/>
       <c r="H11" s="4"/>
       <c r="I11" s="4"/>
       <c r="J11" s="4"/>
       <c r="K11" s="4"/>
       <c r="L11" s="4"/>
     </row>
-    <row r="12" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="4">
         <v>8</v>
       </c>
       <c r="B12" s="33" t="s">
         <v>61</v>
       </c>
       <c r="C12" s="5"/>
       <c r="D12" s="5"/>
       <c r="E12" s="5"/>
       <c r="F12" s="4"/>
       <c r="G12" s="4"/>
       <c r="H12" s="4"/>
       <c r="I12" s="4"/>
       <c r="J12" s="4"/>
       <c r="K12" s="4"/>
       <c r="L12" s="4"/>
     </row>
-    <row r="13" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A13" s="4">
         <v>9</v>
       </c>
       <c r="B13" s="33" t="s">
         <v>62</v>
       </c>
       <c r="C13" s="5"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
       <c r="F13" s="4"/>
       <c r="G13" s="4"/>
       <c r="H13" s="4"/>
       <c r="I13" s="4"/>
       <c r="J13" s="4"/>
       <c r="K13" s="4"/>
       <c r="L13" s="4"/>
     </row>
-    <row r="14" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="4">
         <v>10</v>
       </c>
       <c r="B14" s="33" t="s">
         <v>63</v>
       </c>
       <c r="C14" s="5"/>
       <c r="D14" s="5"/>
       <c r="E14" s="5"/>
       <c r="F14" s="4"/>
       <c r="G14" s="4"/>
       <c r="H14" s="4"/>
       <c r="I14" s="4"/>
       <c r="J14" s="4"/>
       <c r="K14" s="4"/>
       <c r="L14" s="4"/>
     </row>
-    <row r="15" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A15" s="4">
         <v>11</v>
       </c>
       <c r="B15" s="33" t="s">
         <v>64</v>
       </c>
       <c r="C15" s="5"/>
       <c r="D15" s="5"/>
       <c r="E15" s="5"/>
       <c r="F15" s="4"/>
       <c r="G15" s="4"/>
       <c r="H15" s="4"/>
       <c r="I15" s="4"/>
       <c r="J15" s="4"/>
       <c r="K15" s="4"/>
       <c r="L15" s="4"/>
     </row>
-    <row r="16" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A16" s="4">
         <v>12</v>
       </c>
       <c r="B16" s="34" t="s">
         <v>65</v>
       </c>
       <c r="C16" s="5"/>
       <c r="D16" s="5"/>
       <c r="E16" s="5"/>
       <c r="F16" s="4"/>
       <c r="G16" s="4"/>
       <c r="H16" s="4"/>
       <c r="I16" s="4"/>
       <c r="J16" s="4"/>
       <c r="K16" s="4"/>
       <c r="L16" s="4"/>
     </row>
-    <row r="17" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A17" s="4">
         <v>13</v>
       </c>
       <c r="B17" s="33" t="s">
         <v>66</v>
       </c>
       <c r="C17" s="10"/>
       <c r="D17" s="4"/>
       <c r="E17" s="4"/>
       <c r="F17" s="4"/>
       <c r="G17" s="4"/>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
     </row>
-    <row r="18" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A18" s="4">
         <v>14</v>
       </c>
       <c r="B18" s="33" t="s">
         <v>67</v>
       </c>
       <c r="C18" s="10"/>
       <c r="D18" s="4"/>
       <c r="E18" s="4"/>
       <c r="F18" s="4"/>
       <c r="G18" s="4"/>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
     </row>
-    <row r="19" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A19" s="4">
         <v>15</v>
       </c>
       <c r="B19" s="33" t="s">
         <v>68</v>
       </c>
       <c r="C19" s="5"/>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
       <c r="G19" s="4"/>
       <c r="H19" s="4"/>
       <c r="I19" s="4"/>
       <c r="J19" s="4"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
     </row>
-    <row r="20" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="4">
         <v>16</v>
       </c>
       <c r="B20" s="33" t="s">
         <v>69</v>
       </c>
       <c r="C20" s="5"/>
       <c r="D20" s="4"/>
       <c r="E20" s="4"/>
       <c r="F20" s="4"/>
       <c r="G20" s="4"/>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
     </row>
-    <row r="21" spans="1:12" ht="16" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="4">
         <v>17</v>
       </c>
       <c r="B21" s="33" t="s">
         <v>70</v>
       </c>
       <c r="C21" s="24"/>
       <c r="D21" s="25"/>
       <c r="E21" s="25"/>
       <c r="F21" s="25"/>
       <c r="G21" s="25"/>
       <c r="H21" s="30"/>
       <c r="I21" s="30"/>
       <c r="J21" s="30"/>
       <c r="K21" s="30"/>
       <c r="L21" s="30"/>
     </row>
-    <row r="22" spans="1:12" ht="16" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="14" t="s">
         <v>95</v>
       </c>
       <c r="B22" s="26"/>
       <c r="C22" s="15"/>
       <c r="D22" s="16"/>
       <c r="E22" s="16"/>
       <c r="F22" s="16"/>
       <c r="G22" s="16"/>
       <c r="H22" s="16"/>
       <c r="I22" s="16"/>
       <c r="J22" s="16"/>
       <c r="K22" s="31"/>
       <c r="L22" s="32"/>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="L4:L5"/>
     <mergeCell ref="I4:I5"/>
     <mergeCell ref="J4:J5"/>
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="F3:L3"/>
     <mergeCell ref="C4:E4"/>
     <mergeCell ref="F4:H4"/>
     <mergeCell ref="K4:K5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:L17"/>
   <sheetViews>
     <sheetView topLeftCell="A3" workbookViewId="0">
       <selection activeCell="B16" sqref="B16"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="7.54296875" style="1" customWidth="1"/>
-    <col min="2" max="2" width="53.54296875" style="1" customWidth="1"/>
+    <col min="1" max="1" width="7.5703125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="53.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="7" style="1" customWidth="1"/>
-    <col min="4" max="4" width="7.453125" style="1" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="13" max="16384" width="9.1796875" style="1"/>
+    <col min="4" max="4" width="7.42578125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="6.5703125" style="1" customWidth="1"/>
+    <col min="6" max="6" width="5.85546875" style="1" customWidth="1"/>
+    <col min="7" max="7" width="6.5703125" style="1" customWidth="1"/>
+    <col min="8" max="8" width="6.42578125" style="1" customWidth="1"/>
+    <col min="9" max="9" width="13.5703125" style="1" customWidth="1"/>
+    <col min="10" max="10" width="13.7109375" style="1" customWidth="1"/>
+    <col min="11" max="11" width="13.42578125" style="1" customWidth="1"/>
+    <col min="12" max="12" width="15.42578125" style="1" customWidth="1"/>
+    <col min="13" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="64.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="38" t="s">
+    <row r="1" spans="1:12" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="39" t="s">
         <v>116</v>
       </c>
-      <c r="B1" s="38"/>
-[...11 lines deleted...]
-    <row r="2" spans="1:12" ht="9.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B1" s="39"/>
+      <c r="C1" s="39"/>
+      <c r="D1" s="39"/>
+      <c r="E1" s="39"/>
+      <c r="F1" s="39"/>
+      <c r="G1" s="39"/>
+      <c r="H1" s="39"/>
+      <c r="I1" s="39"/>
+      <c r="J1" s="39"/>
+      <c r="K1" s="39"/>
+      <c r="L1" s="39"/>
+    </row>
+    <row r="2" spans="1:12" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="2"/>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
     </row>
-    <row r="3" spans="1:12" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:12" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="2"/>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
-      <c r="F3" s="39" t="s">
+      <c r="F3" s="40" t="s">
         <v>108</v>
       </c>
-      <c r="G3" s="40"/>
-[...7 lines deleted...]
-      <c r="A4" s="42" t="s">
+      <c r="G3" s="41"/>
+      <c r="H3" s="41"/>
+      <c r="I3" s="41"/>
+      <c r="J3" s="41"/>
+      <c r="K3" s="41"/>
+      <c r="L3" s="42"/>
+    </row>
+    <row r="4" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="43" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="44" t="s">
+      <c r="B4" s="45" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="48" t="s">
+      <c r="C4" s="49" t="s">
         <v>21</v>
       </c>
-      <c r="D4" s="40"/>
-[...1 lines deleted...]
-      <c r="F4" s="48" t="s">
+      <c r="D4" s="41"/>
+      <c r="E4" s="42"/>
+      <c r="F4" s="49" t="s">
         <v>22</v>
       </c>
-      <c r="G4" s="40"/>
-[...1 lines deleted...]
-      <c r="I4" s="46" t="s">
+      <c r="G4" s="41"/>
+      <c r="H4" s="42"/>
+      <c r="I4" s="47" t="s">
         <v>102</v>
       </c>
-      <c r="J4" s="46" t="s">
+      <c r="J4" s="47" t="s">
         <v>103</v>
       </c>
-      <c r="K4" s="46" t="s">
+      <c r="K4" s="47" t="s">
         <v>104</v>
       </c>
-      <c r="L4" s="46" t="s">
+      <c r="L4" s="47" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="5" spans="1:12" ht="53.25" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B5" s="45"/>
+    <row r="5" spans="1:12" ht="53.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="44"/>
+      <c r="B5" s="46"/>
       <c r="C5" s="22" t="s">
         <v>99</v>
       </c>
       <c r="D5" s="22" t="s">
         <v>100</v>
       </c>
       <c r="E5" s="22" t="s">
         <v>101</v>
       </c>
       <c r="F5" s="22" t="s">
         <v>99</v>
       </c>
       <c r="G5" s="22" t="s">
         <v>100</v>
       </c>
       <c r="H5" s="22" t="s">
         <v>101</v>
       </c>
-      <c r="I5" s="47"/>
-[...4 lines deleted...]
-    <row r="6" spans="1:12" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="I5" s="48"/>
+      <c r="J5" s="48"/>
+      <c r="K5" s="48"/>
+      <c r="L5" s="48"/>
+    </row>
+    <row r="6" spans="1:12" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="23">
         <v>1</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>119</v>
       </c>
       <c r="C6" s="22"/>
       <c r="D6" s="22"/>
       <c r="E6" s="22"/>
       <c r="F6" s="22"/>
       <c r="G6" s="22"/>
       <c r="H6" s="22"/>
       <c r="I6" s="21"/>
       <c r="J6" s="21"/>
       <c r="K6" s="21"/>
       <c r="L6" s="21"/>
     </row>
-    <row r="7" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4">
         <v>2</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>71</v>
       </c>
       <c r="C7" s="5"/>
       <c r="D7" s="5"/>
       <c r="E7" s="5"/>
       <c r="F7" s="4"/>
       <c r="G7" s="4"/>
       <c r="H7" s="4"/>
       <c r="I7" s="4"/>
       <c r="J7" s="4"/>
       <c r="K7" s="4"/>
       <c r="L7" s="4"/>
     </row>
-    <row r="8" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="4">
         <v>3</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>131</v>
       </c>
       <c r="C8" s="5"/>
       <c r="D8" s="5"/>
       <c r="E8" s="5"/>
       <c r="F8" s="4"/>
       <c r="G8" s="4"/>
       <c r="H8" s="4"/>
       <c r="I8" s="4"/>
       <c r="J8" s="4"/>
       <c r="K8" s="4"/>
       <c r="L8" s="4"/>
     </row>
-    <row r="9" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="23">
         <v>4</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>72</v>
       </c>
       <c r="C9" s="5"/>
       <c r="D9" s="5"/>
       <c r="E9" s="5"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
       <c r="I9" s="4"/>
       <c r="J9" s="4"/>
       <c r="K9" s="4"/>
       <c r="L9" s="4"/>
     </row>
-    <row r="10" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="4">
         <v>5</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>73</v>
       </c>
       <c r="C10" s="5"/>
       <c r="D10" s="5"/>
       <c r="E10" s="5"/>
       <c r="F10" s="4"/>
       <c r="G10" s="4"/>
       <c r="H10" s="4"/>
       <c r="I10" s="4"/>
       <c r="J10" s="4"/>
       <c r="K10" s="4"/>
       <c r="L10" s="4"/>
     </row>
-    <row r="11" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="4">
         <v>6</v>
       </c>
       <c r="B11" s="7" t="s">
         <v>74</v>
       </c>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="7"/>
       <c r="F11" s="4"/>
       <c r="G11" s="4"/>
       <c r="H11" s="4"/>
       <c r="I11" s="4"/>
       <c r="J11" s="4"/>
       <c r="K11" s="4"/>
       <c r="L11" s="4"/>
     </row>
-    <row r="12" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="23">
         <v>7</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>117</v>
       </c>
       <c r="C12" s="5"/>
       <c r="D12" s="5"/>
       <c r="E12" s="5"/>
       <c r="F12" s="4"/>
       <c r="G12" s="4"/>
       <c r="H12" s="4"/>
       <c r="I12" s="4"/>
       <c r="J12" s="4"/>
       <c r="K12" s="4"/>
       <c r="L12" s="4"/>
     </row>
-    <row r="13" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A13" s="4">
         <v>8</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>75</v>
       </c>
       <c r="C13" s="5"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
       <c r="F13" s="4"/>
       <c r="G13" s="4"/>
       <c r="H13" s="4"/>
       <c r="I13" s="4"/>
       <c r="J13" s="4"/>
       <c r="K13" s="4"/>
       <c r="L13" s="4"/>
     </row>
-    <row r="14" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="4">
         <v>9</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>76</v>
       </c>
       <c r="C14" s="5"/>
       <c r="D14" s="5"/>
       <c r="E14" s="5"/>
       <c r="F14" s="4"/>
       <c r="G14" s="4"/>
       <c r="H14" s="4"/>
       <c r="I14" s="4"/>
       <c r="J14" s="4"/>
       <c r="K14" s="4"/>
       <c r="L14" s="4"/>
     </row>
-    <row r="15" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A15" s="23">
         <v>10</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>118</v>
       </c>
       <c r="C15" s="5"/>
       <c r="D15" s="5"/>
       <c r="E15" s="5"/>
       <c r="F15" s="4"/>
       <c r="G15" s="4"/>
       <c r="H15" s="4"/>
       <c r="I15" s="4"/>
       <c r="J15" s="4"/>
       <c r="K15" s="4"/>
       <c r="L15" s="4"/>
     </row>
-    <row r="16" spans="1:12" ht="16" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" s="4">
         <v>11</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>132</v>
       </c>
       <c r="C16" s="24"/>
       <c r="D16" s="24"/>
       <c r="E16" s="24"/>
       <c r="F16" s="25"/>
       <c r="G16" s="25"/>
       <c r="H16" s="25"/>
       <c r="I16" s="25"/>
       <c r="J16" s="25"/>
       <c r="K16" s="25"/>
       <c r="L16" s="25"/>
     </row>
-    <row r="17" spans="1:12" ht="16" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="14" t="s">
         <v>95</v>
       </c>
       <c r="B17" s="15"/>
       <c r="C17" s="15"/>
       <c r="D17" s="15"/>
       <c r="E17" s="15"/>
       <c r="F17" s="16"/>
       <c r="G17" s="16"/>
       <c r="H17" s="16"/>
       <c r="I17" s="16"/>
       <c r="J17" s="16"/>
       <c r="K17" s="16"/>
       <c r="L17" s="20"/>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="L4:L5"/>
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="I4:I5"/>
     <mergeCell ref="J4:J5"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="F3:L3"/>
     <mergeCell ref="C4:E4"/>
     <mergeCell ref="F4:H4"/>
     <mergeCell ref="K4:K5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A1:L25"/>
   <sheetViews>
     <sheetView topLeftCell="A5" workbookViewId="0">
       <selection activeCell="B17" sqref="B17"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="7.54296875" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="6.54296875" style="1" customWidth="1"/>
+    <col min="1" max="1" width="7.5703125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="53.5703125" style="1" customWidth="1"/>
+    <col min="3" max="3" width="6.7109375" style="1" customWidth="1"/>
+    <col min="4" max="4" width="6.5703125" style="1" customWidth="1"/>
     <col min="5" max="6" width="6" style="1" customWidth="1"/>
-    <col min="7" max="7" width="5.81640625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="13" max="16384" width="9.1796875" style="1"/>
+    <col min="7" max="7" width="5.85546875" style="1" customWidth="1"/>
+    <col min="8" max="8" width="6.28515625" style="1" customWidth="1"/>
+    <col min="9" max="9" width="13.140625" style="1" customWidth="1"/>
+    <col min="10" max="10" width="12.85546875" style="1" customWidth="1"/>
+    <col min="11" max="11" width="14.140625" style="1" customWidth="1"/>
+    <col min="12" max="12" width="15.7109375" style="1" customWidth="1"/>
+    <col min="13" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="56.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="38" t="s">
+    <row r="1" spans="1:12" ht="56.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="39" t="s">
         <v>120</v>
       </c>
-      <c r="B1" s="38"/>
-[...11 lines deleted...]
-    <row r="2" spans="1:12" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B1" s="39"/>
+      <c r="C1" s="39"/>
+      <c r="D1" s="39"/>
+      <c r="E1" s="39"/>
+      <c r="F1" s="39"/>
+      <c r="G1" s="39"/>
+      <c r="H1" s="39"/>
+      <c r="I1" s="39"/>
+      <c r="J1" s="39"/>
+      <c r="K1" s="39"/>
+      <c r="L1" s="39"/>
+    </row>
+    <row r="2" spans="1:12" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="2"/>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
     </row>
-    <row r="3" spans="1:12" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:12" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="2"/>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
-      <c r="F3" s="39" t="s">
+      <c r="F3" s="40" t="s">
         <v>108</v>
       </c>
-      <c r="G3" s="40"/>
-[...7 lines deleted...]
-      <c r="A4" s="42" t="s">
+      <c r="G3" s="41"/>
+      <c r="H3" s="41"/>
+      <c r="I3" s="41"/>
+      <c r="J3" s="41"/>
+      <c r="K3" s="41"/>
+      <c r="L3" s="42"/>
+    </row>
+    <row r="4" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="43" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="44" t="s">
+      <c r="B4" s="45" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="48" t="s">
+      <c r="C4" s="49" t="s">
         <v>21</v>
       </c>
-      <c r="D4" s="40"/>
-[...1 lines deleted...]
-      <c r="F4" s="48" t="s">
+      <c r="D4" s="41"/>
+      <c r="E4" s="42"/>
+      <c r="F4" s="49" t="s">
         <v>22</v>
       </c>
-      <c r="G4" s="40"/>
-[...1 lines deleted...]
-      <c r="I4" s="46" t="s">
+      <c r="G4" s="41"/>
+      <c r="H4" s="42"/>
+      <c r="I4" s="47" t="s">
         <v>102</v>
       </c>
-      <c r="J4" s="46" t="s">
+      <c r="J4" s="47" t="s">
         <v>103</v>
       </c>
-      <c r="K4" s="46" t="s">
+      <c r="K4" s="47" t="s">
         <v>104</v>
       </c>
-      <c r="L4" s="46" t="s">
+      <c r="L4" s="47" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="5" spans="1:12" ht="52.5" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B5" s="45"/>
+    <row r="5" spans="1:12" ht="52.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="44"/>
+      <c r="B5" s="46"/>
       <c r="C5" s="22" t="s">
         <v>99</v>
       </c>
       <c r="D5" s="22" t="s">
         <v>100</v>
       </c>
       <c r="E5" s="22" t="s">
         <v>101</v>
       </c>
       <c r="F5" s="22" t="s">
         <v>99</v>
       </c>
       <c r="G5" s="22" t="s">
         <v>100</v>
       </c>
       <c r="H5" s="22" t="s">
         <v>101</v>
       </c>
-      <c r="I5" s="47"/>
-[...4 lines deleted...]
-    <row r="6" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="I5" s="48"/>
+      <c r="J5" s="48"/>
+      <c r="K5" s="48"/>
+      <c r="L5" s="48"/>
+    </row>
+    <row r="6" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="4">
         <v>1</v>
       </c>
       <c r="B6" s="11" t="s">
         <v>78</v>
       </c>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
       <c r="F6" s="4"/>
       <c r="G6" s="4"/>
       <c r="H6" s="4"/>
       <c r="I6" s="4"/>
       <c r="J6" s="4"/>
       <c r="K6" s="4"/>
       <c r="L6" s="4"/>
     </row>
-    <row r="7" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="4">
         <v>2</v>
       </c>
       <c r="B7" s="11" t="s">
         <v>133</v>
       </c>
       <c r="C7" s="5"/>
       <c r="D7" s="5"/>
       <c r="E7" s="5"/>
       <c r="F7" s="4"/>
       <c r="G7" s="4"/>
       <c r="H7" s="4"/>
       <c r="I7" s="4"/>
       <c r="J7" s="4"/>
       <c r="K7" s="4"/>
       <c r="L7" s="4"/>
     </row>
-    <row r="8" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="4">
         <v>3</v>
       </c>
       <c r="B8" s="11" t="s">
         <v>79</v>
       </c>
       <c r="C8" s="5"/>
       <c r="D8" s="5"/>
       <c r="E8" s="5"/>
       <c r="F8" s="4"/>
       <c r="G8" s="4"/>
       <c r="H8" s="4"/>
       <c r="I8" s="4"/>
       <c r="J8" s="4"/>
       <c r="K8" s="4"/>
       <c r="L8" s="4"/>
     </row>
-    <row r="9" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="4">
         <v>4</v>
       </c>
       <c r="B9" s="11" t="s">
         <v>134</v>
       </c>
       <c r="C9" s="5"/>
       <c r="D9" s="5"/>
       <c r="E9" s="5"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
       <c r="I9" s="4"/>
       <c r="J9" s="4"/>
       <c r="K9" s="4"/>
       <c r="L9" s="4"/>
     </row>
-    <row r="10" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="4">
         <v>5</v>
       </c>
       <c r="B10" s="11" t="s">
         <v>135</v>
       </c>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="7"/>
       <c r="F10" s="4"/>
       <c r="G10" s="4"/>
       <c r="H10" s="4"/>
       <c r="I10" s="4"/>
       <c r="J10" s="4"/>
       <c r="K10" s="4"/>
       <c r="L10" s="4"/>
     </row>
-    <row r="11" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="4">
         <v>6</v>
       </c>
       <c r="B11" s="11" t="s">
         <v>136</v>
       </c>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="4"/>
       <c r="G11" s="4"/>
       <c r="H11" s="4"/>
       <c r="I11" s="4"/>
       <c r="J11" s="4"/>
       <c r="K11" s="4"/>
       <c r="L11" s="4"/>
     </row>
-    <row r="12" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="4">
         <v>7</v>
       </c>
       <c r="B12" s="11" t="s">
         <v>80</v>
       </c>
       <c r="C12" s="5"/>
       <c r="D12" s="5"/>
       <c r="E12" s="5"/>
       <c r="F12" s="4"/>
       <c r="G12" s="4"/>
       <c r="H12" s="4"/>
       <c r="I12" s="4"/>
       <c r="J12" s="4"/>
       <c r="K12" s="4"/>
       <c r="L12" s="4"/>
     </row>
-    <row r="13" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A13" s="4">
         <v>8</v>
       </c>
       <c r="B13" s="11" t="s">
         <v>137</v>
       </c>
       <c r="C13" s="5"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
       <c r="F13" s="4"/>
       <c r="G13" s="4"/>
       <c r="H13" s="4"/>
       <c r="I13" s="4"/>
       <c r="J13" s="4"/>
       <c r="K13" s="4"/>
       <c r="L13" s="4"/>
     </row>
-    <row r="14" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="4">
         <v>9</v>
       </c>
       <c r="B14" s="11" t="s">
         <v>81</v>
       </c>
       <c r="C14" s="5"/>
       <c r="D14" s="5"/>
       <c r="E14" s="5"/>
       <c r="F14" s="4"/>
       <c r="G14" s="4"/>
       <c r="H14" s="4"/>
       <c r="I14" s="4"/>
       <c r="J14" s="4"/>
       <c r="K14" s="4"/>
       <c r="L14" s="4"/>
     </row>
-    <row r="15" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A15" s="4">
         <v>10</v>
       </c>
       <c r="B15" s="11" t="s">
         <v>82</v>
       </c>
       <c r="C15" s="5"/>
       <c r="D15" s="5"/>
       <c r="E15" s="5"/>
       <c r="F15" s="4"/>
       <c r="G15" s="4"/>
       <c r="H15" s="4"/>
       <c r="I15" s="4"/>
       <c r="J15" s="4"/>
       <c r="K15" s="4"/>
       <c r="L15" s="4"/>
     </row>
-    <row r="16" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A16" s="4">
         <v>11</v>
       </c>
       <c r="B16" s="11" t="s">
         <v>83</v>
       </c>
       <c r="C16" s="5"/>
       <c r="D16" s="5"/>
       <c r="E16" s="5"/>
       <c r="F16" s="4"/>
       <c r="G16" s="4"/>
       <c r="H16" s="4"/>
       <c r="I16" s="4"/>
       <c r="J16" s="4"/>
       <c r="K16" s="4"/>
       <c r="L16" s="4"/>
     </row>
-    <row r="17" spans="1:12" ht="16" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="4">
         <v>12</v>
       </c>
       <c r="B17" s="11" t="s">
         <v>84</v>
       </c>
       <c r="C17" s="10"/>
       <c r="D17" s="4"/>
       <c r="E17" s="4"/>
       <c r="F17" s="4"/>
       <c r="G17" s="4"/>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
     </row>
-    <row r="18" spans="1:12" ht="16" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="14" t="s">
         <v>95</v>
       </c>
       <c r="B18" s="15"/>
       <c r="C18" s="15"/>
       <c r="D18" s="16"/>
       <c r="E18" s="16"/>
       <c r="F18" s="16"/>
       <c r="G18" s="16"/>
       <c r="H18" s="16"/>
       <c r="I18" s="16"/>
       <c r="J18" s="16"/>
       <c r="K18" s="31"/>
       <c r="L18" s="32"/>
     </row>
-    <row r="19" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A19" s="8"/>
       <c r="B19" s="9"/>
       <c r="C19" s="9"/>
       <c r="D19" s="8"/>
       <c r="E19" s="8"/>
       <c r="F19" s="8"/>
       <c r="G19" s="8"/>
     </row>
-    <row r="20" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A20" s="8"/>
       <c r="D20" s="8"/>
       <c r="E20" s="8"/>
       <c r="F20" s="8"/>
       <c r="G20" s="8"/>
     </row>
-    <row r="21" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A21" s="8"/>
       <c r="B21" s="9"/>
       <c r="C21" s="9"/>
       <c r="D21" s="8"/>
       <c r="E21" s="8"/>
       <c r="F21" s="8"/>
       <c r="G21" s="8"/>
     </row>
-    <row r="22" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A22" s="8"/>
       <c r="B22" s="9"/>
       <c r="C22" s="9"/>
       <c r="D22" s="8"/>
       <c r="E22" s="8"/>
       <c r="F22" s="8"/>
       <c r="G22" s="8"/>
     </row>
-    <row r="23" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A23" s="8"/>
     </row>
-    <row r="24" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A24" s="8"/>
     </row>
-    <row r="25" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A25" s="8"/>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="L4:L5"/>
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="I4:I5"/>
     <mergeCell ref="J4:J5"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="F3:L3"/>
     <mergeCell ref="C4:E4"/>
     <mergeCell ref="F4:H4"/>
     <mergeCell ref="K4:K5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <dimension ref="A1:L23"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A5" workbookViewId="0">
+    <sheetView topLeftCell="A5" workbookViewId="0">
       <selection activeCell="B19" sqref="B19"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="7.54296875" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="6.453125" style="1" customWidth="1"/>
+    <col min="1" max="1" width="7.5703125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="53.5703125" style="1" customWidth="1"/>
+    <col min="3" max="3" width="7.28515625" style="1" customWidth="1"/>
+    <col min="4" max="4" width="5.7109375" style="1" customWidth="1"/>
+    <col min="5" max="5" width="6.85546875" style="1" customWidth="1"/>
+    <col min="6" max="6" width="6.42578125" style="1" customWidth="1"/>
     <col min="7" max="7" width="6" style="1" customWidth="1"/>
-    <col min="8" max="8" width="6.81640625" style="1" customWidth="1"/>
+    <col min="8" max="8" width="6.85546875" style="1" customWidth="1"/>
     <col min="9" max="9" width="13" style="1" customWidth="1"/>
-    <col min="10" max="10" width="16.54296875" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="13" max="16384" width="9.1796875" style="1"/>
+    <col min="10" max="10" width="16.5703125" style="1" customWidth="1"/>
+    <col min="11" max="11" width="13.28515625" style="1" customWidth="1"/>
+    <col min="12" max="12" width="16.5703125" style="1" customWidth="1"/>
+    <col min="13" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="54" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="38" t="s">
+    <row r="1" spans="1:12" ht="54" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="39" t="s">
         <v>114</v>
       </c>
-      <c r="B1" s="38"/>
-[...11 lines deleted...]
-    <row r="2" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B1" s="39"/>
+      <c r="C1" s="39"/>
+      <c r="D1" s="39"/>
+      <c r="E1" s="39"/>
+      <c r="F1" s="39"/>
+      <c r="G1" s="39"/>
+      <c r="H1" s="39"/>
+      <c r="I1" s="39"/>
+      <c r="J1" s="39"/>
+      <c r="K1" s="39"/>
+      <c r="L1" s="39"/>
+    </row>
+    <row r="2" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="2"/>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
     </row>
-    <row r="3" spans="1:12" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:12" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="2"/>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
-      <c r="F3" s="39" t="s">
+      <c r="F3" s="40" t="s">
         <v>108</v>
       </c>
-      <c r="G3" s="40"/>
-[...7 lines deleted...]
-      <c r="A4" s="42" t="s">
+      <c r="G3" s="41"/>
+      <c r="H3" s="41"/>
+      <c r="I3" s="41"/>
+      <c r="J3" s="41"/>
+      <c r="K3" s="41"/>
+      <c r="L3" s="42"/>
+    </row>
+    <row r="4" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="43" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="44" t="s">
+      <c r="B4" s="45" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="48" t="s">
+      <c r="C4" s="49" t="s">
         <v>21</v>
       </c>
-      <c r="D4" s="40"/>
-[...1 lines deleted...]
-      <c r="F4" s="48" t="s">
+      <c r="D4" s="41"/>
+      <c r="E4" s="42"/>
+      <c r="F4" s="49" t="s">
         <v>22</v>
       </c>
-      <c r="G4" s="40"/>
-[...1 lines deleted...]
-      <c r="I4" s="46" t="s">
+      <c r="G4" s="41"/>
+      <c r="H4" s="42"/>
+      <c r="I4" s="47" t="s">
         <v>102</v>
       </c>
-      <c r="J4" s="46" t="s">
+      <c r="J4" s="47" t="s">
         <v>103</v>
       </c>
-      <c r="K4" s="46" t="s">
+      <c r="K4" s="47" t="s">
         <v>104</v>
       </c>
-      <c r="L4" s="46" t="s">
+      <c r="L4" s="47" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="5" spans="1:12" ht="57" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B5" s="45"/>
+    <row r="5" spans="1:12" ht="57" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="44"/>
+      <c r="B5" s="46"/>
       <c r="C5" s="22" t="s">
         <v>99</v>
       </c>
       <c r="D5" s="22" t="s">
         <v>100</v>
       </c>
       <c r="E5" s="22" t="s">
         <v>101</v>
       </c>
       <c r="F5" s="22" t="s">
         <v>99</v>
       </c>
       <c r="G5" s="22" t="s">
         <v>100</v>
       </c>
       <c r="H5" s="22" t="s">
         <v>101</v>
       </c>
-      <c r="I5" s="47"/>
-[...4 lines deleted...]
-    <row r="6" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="I5" s="48"/>
+      <c r="J5" s="48"/>
+      <c r="K5" s="48"/>
+      <c r="L5" s="48"/>
+    </row>
+    <row r="6" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="4">
         <v>1</v>
       </c>
       <c r="B6" s="11" t="s">
         <v>85</v>
       </c>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
       <c r="F6" s="4"/>
       <c r="G6" s="4"/>
       <c r="H6" s="4"/>
       <c r="I6" s="4"/>
       <c r="J6" s="4"/>
       <c r="K6" s="4"/>
       <c r="L6" s="4"/>
     </row>
-    <row r="7" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="4">
         <v>2</v>
       </c>
       <c r="B7" s="7" t="s">
         <v>58</v>
       </c>
       <c r="C7" s="5"/>
       <c r="D7" s="5"/>
       <c r="E7" s="5"/>
       <c r="F7" s="4"/>
       <c r="G7" s="4"/>
       <c r="H7" s="4"/>
       <c r="I7" s="4"/>
       <c r="J7" s="4"/>
       <c r="K7" s="4"/>
       <c r="L7" s="4"/>
     </row>
-    <row r="8" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="4">
         <v>3</v>
       </c>
       <c r="B8" s="11" t="s">
         <v>86</v>
       </c>
       <c r="C8" s="5"/>
       <c r="D8" s="5"/>
       <c r="E8" s="5"/>
       <c r="F8" s="4"/>
       <c r="G8" s="4"/>
       <c r="H8" s="4"/>
       <c r="I8" s="4"/>
       <c r="J8" s="4"/>
       <c r="K8" s="4"/>
       <c r="L8" s="4"/>
     </row>
-    <row r="9" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="4">
         <v>4</v>
       </c>
       <c r="B9" s="11" t="s">
         <v>87</v>
       </c>
       <c r="C9" s="5"/>
       <c r="D9" s="5"/>
       <c r="E9" s="5"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
       <c r="I9" s="4"/>
       <c r="J9" s="4"/>
       <c r="K9" s="4"/>
       <c r="L9" s="4"/>
     </row>
-    <row r="10" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="4">
         <v>5</v>
       </c>
       <c r="B10" s="11" t="s">
         <v>88</v>
       </c>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="7"/>
       <c r="F10" s="4"/>
       <c r="G10" s="4"/>
       <c r="H10" s="4"/>
       <c r="I10" s="4"/>
       <c r="J10" s="4"/>
       <c r="K10" s="4"/>
       <c r="L10" s="4"/>
     </row>
-    <row r="11" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="4">
         <v>6</v>
       </c>
       <c r="B11" s="11" t="s">
         <v>121</v>
       </c>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="4"/>
       <c r="G11" s="4"/>
       <c r="H11" s="4"/>
       <c r="I11" s="4"/>
       <c r="J11" s="4"/>
       <c r="K11" s="4"/>
       <c r="L11" s="4"/>
     </row>
-    <row r="12" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="4">
         <v>7</v>
       </c>
       <c r="B12" s="11" t="s">
         <v>89</v>
       </c>
       <c r="C12" s="5"/>
       <c r="D12" s="5"/>
       <c r="E12" s="5"/>
       <c r="F12" s="4"/>
       <c r="G12" s="4"/>
       <c r="H12" s="4"/>
       <c r="I12" s="4"/>
       <c r="J12" s="4"/>
       <c r="K12" s="4"/>
       <c r="L12" s="4"/>
     </row>
-    <row r="13" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A13" s="4">
         <v>8</v>
       </c>
       <c r="B13" s="11" t="s">
         <v>90</v>
       </c>
       <c r="C13" s="5"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
       <c r="F13" s="4"/>
       <c r="G13" s="4"/>
       <c r="H13" s="4"/>
       <c r="I13" s="4"/>
       <c r="J13" s="4"/>
       <c r="K13" s="4"/>
       <c r="L13" s="4"/>
     </row>
-    <row r="14" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="4">
         <v>9</v>
       </c>
       <c r="B14" s="11" t="s">
         <v>91</v>
       </c>
       <c r="C14" s="5"/>
       <c r="D14" s="5"/>
       <c r="E14" s="5"/>
       <c r="F14" s="4"/>
       <c r="G14" s="4"/>
       <c r="H14" s="4"/>
       <c r="I14" s="4"/>
       <c r="J14" s="4"/>
       <c r="K14" s="4"/>
       <c r="L14" s="4"/>
     </row>
-    <row r="15" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A15" s="4">
         <v>10</v>
       </c>
       <c r="B15" s="11" t="s">
         <v>92</v>
       </c>
       <c r="C15" s="5"/>
       <c r="D15" s="5"/>
       <c r="E15" s="5"/>
       <c r="F15" s="4"/>
       <c r="G15" s="4"/>
       <c r="H15" s="4"/>
       <c r="I15" s="4"/>
       <c r="J15" s="4"/>
       <c r="K15" s="4"/>
       <c r="L15" s="4"/>
     </row>
-    <row r="16" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A16" s="4">
         <v>11</v>
       </c>
       <c r="B16" s="11" t="s">
         <v>93</v>
       </c>
       <c r="C16" s="5"/>
       <c r="D16" s="5"/>
       <c r="E16" s="5"/>
       <c r="F16" s="4"/>
       <c r="G16" s="4"/>
       <c r="H16" s="4"/>
       <c r="I16" s="4"/>
       <c r="J16" s="4"/>
       <c r="K16" s="4"/>
       <c r="L16" s="4"/>
     </row>
-    <row r="17" spans="1:12" ht="16" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="4">
         <v>12</v>
       </c>
       <c r="B17" s="11" t="s">
         <v>94</v>
       </c>
       <c r="C17" s="29"/>
       <c r="D17" s="25"/>
       <c r="E17" s="25"/>
       <c r="F17" s="25"/>
       <c r="G17" s="25"/>
       <c r="H17" s="30"/>
       <c r="I17" s="30"/>
       <c r="J17" s="30"/>
       <c r="K17" s="30"/>
       <c r="L17" s="30"/>
     </row>
-    <row r="18" spans="1:12" ht="16" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="14" t="s">
         <v>95</v>
       </c>
       <c r="B18" s="15"/>
       <c r="C18" s="35"/>
       <c r="D18" s="36"/>
       <c r="E18" s="36"/>
       <c r="F18" s="36"/>
       <c r="G18" s="36"/>
       <c r="H18" s="37"/>
       <c r="I18" s="37"/>
       <c r="J18" s="37"/>
       <c r="K18" s="37"/>
       <c r="L18" s="32"/>
     </row>
-    <row r="19" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A19" s="8"/>
       <c r="D19" s="8"/>
       <c r="E19" s="8"/>
       <c r="F19" s="8"/>
       <c r="G19" s="8"/>
     </row>
-    <row r="20" spans="1:12" ht="15.5" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="8"/>
       <c r="B20" s="9"/>
       <c r="C20" s="9"/>
       <c r="D20" s="8"/>
       <c r="E20" s="8"/>
       <c r="F20" s="8"/>
       <c r="G20" s="8"/>
     </row>
-    <row r="21" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A21" s="8"/>
     </row>
-    <row r="22" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A22" s="8"/>
     </row>
-    <row r="23" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A23" s="8"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A5:H16">
     <sortCondition ref="B5:B16"/>
   </sortState>
   <mergeCells count="10">
     <mergeCell ref="L4:L5"/>
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="I4:I5"/>
     <mergeCell ref="J4:J5"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="F3:L3"/>
     <mergeCell ref="C4:E4"/>
     <mergeCell ref="F4:H4"/>
     <mergeCell ref="K4:K5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>