--- v0 (2025-10-08)
+++ v1 (2025-12-07)
@@ -1,55 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://kultura-my.sharepoint.com/personal/mara_kalve_kultura_lv/Documents/MAJASLAPA/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="2" documentId="8_{DC85A67E-B874-4ECF-8F28-5B23F165413F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{8E645A9A-0CC5-495E-99EE-A1953A4D28C1}"/>
+  <xr:revisionPtr revIDLastSave="1" documentId="8_{B127DD42-0380-49FD-B13D-A415A2F0EEEB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{CB4415C8-108B-4580-A480-2EF447FD5F36}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="skolas" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">skolas!$A$3:$G$146</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="797" uniqueCount="580">
   <si>
     <t>Izglītības iestāde</t>
   </si>
   <si>
     <t>Adrese</t>
   </si>
   <si>
     <t>Direktors</t>
   </si>
   <si>
@@ -1165,53 +1165,50 @@
   <si>
     <t>Imantas iela 8, Liepāja, LV-3402</t>
   </si>
   <si>
     <t>Parka iela 16, Limbaži, Limbažu novads, LV-4001; Pasta adrese: a/k 40, Limbaži LV 4001</t>
   </si>
   <si>
     <t>Mākslas iela 2, Augšlīgatne, Līgatnes pagasts, Cēsu novads,  LV-4108</t>
   </si>
   <si>
     <t>Tilta iela 5, Lubāna, Madonas novads, LV-4830</t>
   </si>
   <si>
     <t>Stacijas iela 45, Ludza, Ludzas novads, LV-5701</t>
   </si>
   <si>
     <t>Emiļa Melngaiļa iela 6, Lēdurga, Lēdurgas pag., Siguldas novads, LV-4012</t>
   </si>
   <si>
     <t>Skolas 5a, Malta, Maltas pag., Rēzeknes novads, LV-4630</t>
   </si>
   <si>
     <t>Nākotnes iela 5, Mālpils, Mālpils pag., Siguldas novads, LV-2152</t>
   </si>
   <si>
-    <t>malpils.mms@sigulda.lv</t>
-[...1 lines deleted...]
-  <si>
     <t>Skolas iela 8, Mērsrags, Mērsraga pag., Talsu novads LV-3284</t>
   </si>
   <si>
     <t>Mazā Nometņu iela 47, Rīga, LV-1002</t>
   </si>
   <si>
     <t>Āraišu iela 32, Rīga LV-1039</t>
   </si>
   <si>
     <t>Daugavas 29, Krauja, Naujenes pag., Augšdaugavas novads LV-5451</t>
   </si>
   <si>
     <t>Bārtas iela 6, Nīca, Nīcas pag., Dienvidkurzemes novads, LV-3473</t>
   </si>
   <si>
     <t>nicasmuzikas.skola@dkn.lv</t>
   </si>
   <si>
     <t>Brīvības iela 50, Ogre, Ogres novads, LV-5001</t>
   </si>
   <si>
     <t>Zemgales iela 31, Olaine, Olaines novads, LV-2114</t>
   </si>
   <si>
     <t>Rīgas iela 23, Ozolnieki, Ozolnieku pag., Jelgavas novads, LV-3018</t>
@@ -1762,50 +1759,53 @@
     <t>Anita Ostrovska</t>
   </si>
   <si>
     <t>p.i. Amanda Gertnere</t>
   </si>
   <si>
     <t>Ilona Matīsa</t>
   </si>
   <si>
     <t>kandavasmms@inbox.lv; andra.eimane@gmail.com</t>
   </si>
   <si>
     <t>Kandavas Mākslu skola</t>
   </si>
   <si>
     <t>Patricija Brekte-Pannetjē</t>
   </si>
   <si>
     <t>Kristīne Balode</t>
   </si>
   <si>
     <t>Rūjienas Mūzikas un mākslas skola</t>
   </si>
   <si>
     <t>Pašvaldību un privātas izglītības iestādes, kas īsteno profesionālās ievirzes mūzikas, mākslas un dejas izglītības programmas 01.09.2025.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">info@malpilsmms.lv </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
@@ -1972,51 +1972,51 @@
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="49">
+  <cellXfs count="50">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
@@ -2115,50 +2115,53 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hipersaite" xfId="1" builtinId="8"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Parasts" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -2401,76 +2404,76 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kulturaspatnis@patnis.lv" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:salacgrivas.makslas.skola@limbazunovads.lv" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@malpilsmms.lv" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kulturaspatnis@patnis.lv" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:salacgrivas.makslas.skola@limbazunovads.lv" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:H349"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
-      <pane ySplit="3" topLeftCell="A107" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A108" sqref="A108:XFD108"/>
+      <pane ySplit="3" topLeftCell="A73" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="O80" sqref="O80"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="23.109375" customWidth="1"/>
     <col min="2" max="2" width="27.109375" customWidth="1"/>
     <col min="3" max="3" width="36.109375" style="38" customWidth="1"/>
     <col min="4" max="4" width="19.88671875" customWidth="1"/>
     <col min="5" max="5" width="9.44140625" customWidth="1"/>
     <col min="6" max="6" width="11.109375" customWidth="1"/>
     <col min="7" max="7" width="11" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="59.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="48" t="s">
-        <v>579</v>
+        <v>578</v>
       </c>
       <c r="B1" s="48"/>
       <c r="C1" s="48"/>
       <c r="D1" s="48"/>
       <c r="E1" s="48"/>
       <c r="F1" s="48"/>
       <c r="G1" s="48"/>
     </row>
     <row r="2" spans="1:8" ht="63" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="15" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="14" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="14" t="s">
         <v>218</v>
       </c>
       <c r="D2" s="14" t="s">
         <v>2</v>
       </c>
       <c r="E2" s="47" t="s">
         <v>296</v>
       </c>
       <c r="F2" s="47"/>
@@ -2480,89 +2483,89 @@
       <c r="A3" s="15"/>
       <c r="B3" s="14"/>
       <c r="C3" s="14"/>
       <c r="D3" s="14"/>
       <c r="E3" s="17" t="s">
         <v>258</v>
       </c>
       <c r="F3" s="17" t="s">
         <v>259</v>
       </c>
       <c r="G3" s="17" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="4" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A4" s="13" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="7" t="s">
         <v>302</v>
       </c>
       <c r="C4" s="7" t="s">
         <v>303</v>
       </c>
       <c r="D4" s="11" t="s">
-        <v>560</v>
+        <v>559</v>
       </c>
       <c r="E4" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F4" s="18"/>
       <c r="G4" s="18"/>
     </row>
     <row r="5" spans="1:8" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A5" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="26" t="s">
         <v>304</v>
       </c>
       <c r="C5" s="7" t="s">
         <v>278</v>
       </c>
       <c r="D5" s="13" t="s">
         <v>18</v>
       </c>
       <c r="E5" s="18"/>
       <c r="F5" s="18"/>
       <c r="G5" s="18" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="6" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A6" s="13" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="7" t="s">
         <v>178</v>
       </c>
       <c r="C6" s="7" t="s">
         <v>293</v>
       </c>
       <c r="D6" s="13" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="E6" s="18"/>
       <c r="F6" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G6" s="18"/>
     </row>
     <row r="7" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A7" s="13" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="7" t="s">
         <v>305</v>
       </c>
       <c r="C7" s="7" t="s">
         <v>270</v>
       </c>
       <c r="D7" s="13" t="s">
         <v>6</v>
       </c>
       <c r="E7" s="18"/>
       <c r="F7" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G7" s="18"/>
@@ -2572,252 +2575,252 @@
         <v>7</v>
       </c>
       <c r="B8" s="7" t="s">
         <v>306</v>
       </c>
       <c r="C8" s="7" t="s">
         <v>307</v>
       </c>
       <c r="D8" s="13" t="s">
         <v>8</v>
       </c>
       <c r="E8" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F8" s="18"/>
       <c r="G8" s="18"/>
     </row>
     <row r="9" spans="1:8" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A9" s="13" t="s">
         <v>9</v>
       </c>
       <c r="B9" s="7" t="s">
         <v>308</v>
       </c>
       <c r="C9" s="27" t="s">
-        <v>469</v>
+        <v>468</v>
       </c>
       <c r="D9" s="13" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F9" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G9" s="18"/>
     </row>
     <row r="10" spans="1:8" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A10" s="13" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="B10" s="7" t="s">
         <v>309</v>
       </c>
       <c r="C10" s="34" t="s">
-        <v>531</v>
+        <v>530</v>
       </c>
       <c r="D10" s="13" t="s">
-        <v>530</v>
+        <v>529</v>
       </c>
       <c r="E10" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F10" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G10" s="18"/>
     </row>
     <row r="11" spans="1:8" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A11" s="13" t="s">
         <v>11</v>
       </c>
       <c r="B11" s="7" t="s">
         <v>310</v>
       </c>
       <c r="C11" s="7" t="s">
         <v>12</v>
       </c>
       <c r="D11" s="13" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="18"/>
       <c r="F11" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G11" s="18"/>
     </row>
     <row r="12" spans="1:8" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A12" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B12" s="7" t="s">
         <v>311</v>
       </c>
       <c r="C12" s="7" t="s">
         <v>275</v>
       </c>
       <c r="D12" s="13" t="s">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="E12" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F12" s="18"/>
       <c r="G12" s="18"/>
     </row>
     <row r="13" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A13" s="13" t="s">
         <v>189</v>
       </c>
       <c r="B13" s="7" t="s">
         <v>182</v>
       </c>
       <c r="C13" s="27" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
       <c r="D13" s="13" t="s">
         <v>64</v>
       </c>
       <c r="E13" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F13" s="18"/>
       <c r="G13" s="18"/>
       <c r="H13" s="41"/>
     </row>
     <row r="14" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A14" s="32" t="s">
+        <v>464</v>
+      </c>
+      <c r="B14" s="7" t="s">
         <v>465</v>
       </c>
-      <c r="B14" s="7" t="s">
+      <c r="C14" s="7" t="s">
         <v>466</v>
       </c>
-      <c r="C14" s="7" t="s">
+      <c r="D14" s="13" t="s">
         <v>467</v>
-      </c>
-[...1 lines deleted...]
-        <v>468</v>
       </c>
       <c r="E14" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F14" s="18"/>
       <c r="G14" s="18"/>
     </row>
     <row r="15" spans="1:8" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A15" s="13" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="B15" s="7" t="s">
         <v>312</v>
       </c>
       <c r="C15" s="34" t="s">
-        <v>489</v>
+        <v>488</v>
       </c>
       <c r="D15" s="13" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="E15" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F15" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G15" s="18"/>
     </row>
     <row r="16" spans="1:8" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A16" s="13" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="B16" s="7" t="s">
         <v>313</v>
       </c>
       <c r="C16" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D16" s="13" t="s">
         <v>16</v>
       </c>
       <c r="E16" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F16" s="18"/>
       <c r="G16" s="18"/>
     </row>
     <row r="17" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A17" s="13" t="s">
-        <v>472</v>
+        <v>471</v>
       </c>
       <c r="B17" s="7" t="s">
         <v>314</v>
       </c>
       <c r="C17" s="7" t="s">
-        <v>490</v>
+        <v>489</v>
       </c>
       <c r="D17" s="13" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="E17" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F17" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G17" s="18" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="18" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A18" s="13" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="7" t="s">
         <v>315</v>
       </c>
       <c r="C18" s="35" t="s">
-        <v>453</v>
+        <v>452</v>
       </c>
       <c r="D18" s="13" t="s">
         <v>20</v>
       </c>
       <c r="E18" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F18" s="18"/>
       <c r="G18" s="18"/>
     </row>
     <row r="19" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A19" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B19" s="7" t="s">
         <v>316</v>
       </c>
       <c r="C19" s="27" t="s">
-        <v>454</v>
+        <v>453</v>
       </c>
       <c r="D19" s="13" t="s">
         <v>22</v>
       </c>
       <c r="E19" s="18"/>
       <c r="F19" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G19" s="18"/>
     </row>
     <row r="20" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A20" s="13" t="s">
         <v>23</v>
       </c>
       <c r="B20" s="7" t="s">
         <v>317</v>
       </c>
       <c r="C20" s="7" t="s">
         <v>24</v>
       </c>
       <c r="D20" s="13" t="s">
         <v>25</v>
       </c>
       <c r="E20" s="18"/>
       <c r="F20" s="18" t="s">
@@ -2830,51 +2833,51 @@
         <v>26</v>
       </c>
       <c r="B21" s="7" t="s">
         <v>318</v>
       </c>
       <c r="C21" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D21" s="13" t="s">
         <v>28</v>
       </c>
       <c r="E21" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F21" s="18"/>
       <c r="G21" s="18"/>
     </row>
     <row r="22" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A22" s="13" t="s">
         <v>228</v>
       </c>
       <c r="B22" s="7" t="s">
         <v>319</v>
       </c>
       <c r="C22" s="35" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="D22" s="13" t="s">
         <v>29</v>
       </c>
       <c r="E22" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F22" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G22" s="18"/>
     </row>
     <row r="23" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A23" s="13" t="s">
         <v>30</v>
       </c>
       <c r="B23" s="7" t="s">
         <v>320</v>
       </c>
       <c r="C23" s="29" t="s">
         <v>279</v>
       </c>
       <c r="D23" s="13" t="s">
         <v>31</v>
       </c>
@@ -2891,516 +2894,516 @@
         <v>186</v>
       </c>
       <c r="B24" s="7" t="s">
         <v>321</v>
       </c>
       <c r="C24" s="7" t="s">
         <v>280</v>
       </c>
       <c r="D24" s="10" t="s">
         <v>32</v>
       </c>
       <c r="E24" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F24" s="18"/>
       <c r="G24" s="18"/>
     </row>
     <row r="25" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A25" s="9" t="s">
         <v>187</v>
       </c>
       <c r="B25" s="7" t="s">
         <v>323</v>
       </c>
       <c r="C25" s="27" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="D25" s="9" t="s">
         <v>33</v>
       </c>
       <c r="E25" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F25" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G25" s="18"/>
     </row>
     <row r="26" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A26" s="13" t="s">
         <v>37</v>
       </c>
       <c r="B26" s="7" t="s">
         <v>324</v>
       </c>
       <c r="C26" s="22" t="s">
         <v>38</v>
       </c>
       <c r="D26" s="13" t="s">
         <v>39</v>
       </c>
       <c r="E26" s="18"/>
       <c r="F26" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G26" s="18"/>
     </row>
     <row r="27" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A27" s="12" t="s">
         <v>36</v>
       </c>
       <c r="B27" s="7" t="s">
         <v>325</v>
       </c>
       <c r="C27" s="34" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="D27" s="13" t="s">
         <v>326</v>
       </c>
       <c r="E27" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F27" s="18"/>
       <c r="G27" s="18"/>
     </row>
     <row r="28" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A28" s="13" t="s">
         <v>40</v>
       </c>
       <c r="B28" s="7" t="s">
         <v>327</v>
       </c>
       <c r="C28" s="35" t="s">
-        <v>473</v>
+        <v>472</v>
       </c>
       <c r="D28" s="13" t="s">
         <v>241</v>
       </c>
       <c r="E28" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F28" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G28" s="18" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="29" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A29" s="12" t="s">
         <v>328</v>
       </c>
       <c r="B29" s="7" t="s">
         <v>329</v>
       </c>
       <c r="C29" s="27" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="D29" s="13" t="s">
         <v>242</v>
       </c>
       <c r="E29" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F29" s="18"/>
       <c r="G29" s="18"/>
     </row>
     <row r="30" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A30" s="13" t="s">
         <v>42</v>
       </c>
       <c r="B30" s="7" t="s">
         <v>330</v>
       </c>
       <c r="C30" s="7" t="s">
         <v>43</v>
       </c>
       <c r="D30" s="13" t="s">
         <v>44</v>
       </c>
       <c r="E30" s="20"/>
       <c r="F30" s="18"/>
       <c r="G30" s="18" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="31" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A31" s="13" t="s">
         <v>41</v>
       </c>
       <c r="B31" s="7" t="s">
         <v>331</v>
       </c>
       <c r="C31" s="35" t="s">
-        <v>497</v>
+        <v>496</v>
       </c>
       <c r="D31" s="13" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="E31" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F31" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G31" s="18"/>
     </row>
     <row r="32" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A32" s="13" t="s">
         <v>193</v>
       </c>
       <c r="B32" s="7" t="s">
         <v>332</v>
       </c>
       <c r="C32" s="7" t="s">
         <v>74</v>
       </c>
       <c r="D32" s="13" t="s">
-        <v>572</v>
+        <v>571</v>
       </c>
       <c r="E32" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F32" s="18"/>
       <c r="G32" s="18"/>
     </row>
     <row r="33" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A33" s="13" t="s">
         <v>45</v>
       </c>
       <c r="B33" s="7" t="s">
         <v>333</v>
       </c>
       <c r="C33" s="39" t="s">
-        <v>527</v>
+        <v>526</v>
       </c>
       <c r="D33" s="13" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
       <c r="E33" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F33" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G33" s="18"/>
     </row>
     <row r="34" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A34" s="13" t="s">
         <v>227</v>
       </c>
       <c r="B34" s="7" t="s">
         <v>334</v>
       </c>
       <c r="C34" s="34" t="s">
-        <v>569</v>
+        <v>568</v>
       </c>
       <c r="D34" s="13" t="s">
         <v>46</v>
       </c>
       <c r="E34" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F34" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G34" s="18"/>
     </row>
     <row r="35" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A35" s="13" t="s">
         <v>47</v>
       </c>
       <c r="B35" s="28" t="s">
         <v>336</v>
       </c>
       <c r="C35" s="22" t="s">
         <v>337</v>
       </c>
       <c r="D35" s="13" t="s">
-        <v>474</v>
+        <v>473</v>
       </c>
       <c r="E35" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F35" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G35" s="18" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="36" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A36" s="13" t="s">
         <v>48</v>
       </c>
       <c r="B36" s="7" t="s">
         <v>338</v>
       </c>
       <c r="C36" s="43" t="s">
-        <v>511</v>
+        <v>510</v>
       </c>
       <c r="D36" s="13" t="s">
         <v>49</v>
       </c>
       <c r="E36" s="18"/>
       <c r="F36" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G36" s="18"/>
     </row>
     <row r="37" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A37" s="13" t="s">
         <v>50</v>
       </c>
       <c r="B37" s="7" t="s">
         <v>339</v>
       </c>
       <c r="C37" s="39" t="s">
-        <v>526</v>
+        <v>525</v>
       </c>
       <c r="D37" s="13" t="s">
-        <v>573</v>
+        <v>572</v>
       </c>
       <c r="E37" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F37" s="18"/>
       <c r="G37" s="18"/>
     </row>
     <row r="38" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A38" s="13" t="s">
         <v>54</v>
       </c>
       <c r="B38" s="7" t="s">
         <v>340</v>
       </c>
       <c r="C38" s="42" t="s">
-        <v>523</v>
+        <v>522</v>
       </c>
       <c r="D38" s="13" t="s">
-        <v>459</v>
+        <v>458</v>
       </c>
       <c r="E38" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F38" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G38" s="18" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="39" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A39" s="13" t="s">
         <v>55</v>
       </c>
       <c r="B39" s="28" t="s">
         <v>341</v>
       </c>
       <c r="C39" s="33" t="s">
-        <v>505</v>
+        <v>504</v>
       </c>
       <c r="D39" s="13" t="s">
-        <v>512</v>
+        <v>511</v>
       </c>
       <c r="E39" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F39" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G39" s="18"/>
     </row>
     <row r="40" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A40" s="13" t="s">
         <v>188</v>
       </c>
       <c r="B40" s="7" t="s">
         <v>342</v>
       </c>
       <c r="C40" s="7" t="s">
         <v>56</v>
       </c>
       <c r="D40" s="13" t="s">
         <v>57</v>
       </c>
       <c r="E40" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F40" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G40" s="18"/>
     </row>
     <row r="41" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A41" s="13" t="s">
         <v>346</v>
       </c>
       <c r="B41" s="7" t="s">
         <v>343</v>
       </c>
       <c r="C41" s="22" t="s">
-        <v>498</v>
+        <v>497</v>
       </c>
       <c r="D41" s="13" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="E41" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F41" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G41" s="18"/>
     </row>
     <row r="42" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A42" s="10" t="s">
         <v>207</v>
       </c>
       <c r="B42" s="7" t="s">
         <v>344</v>
       </c>
       <c r="C42" s="22" t="s">
         <v>163</v>
       </c>
       <c r="D42" s="10" t="s">
-        <v>510</v>
+        <v>509</v>
       </c>
       <c r="E42" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F42" s="18"/>
       <c r="G42" s="18"/>
     </row>
     <row r="43" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A43" s="10" t="s">
         <v>85</v>
       </c>
       <c r="B43" s="7" t="s">
         <v>345</v>
       </c>
       <c r="C43" s="7" t="s">
         <v>214</v>
       </c>
       <c r="D43" s="13" t="s">
         <v>226</v>
       </c>
       <c r="E43" s="18"/>
       <c r="F43" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G43" s="18"/>
     </row>
     <row r="44" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A44" s="13" t="s">
         <v>59</v>
       </c>
       <c r="B44" s="7" t="s">
         <v>347</v>
       </c>
       <c r="C44" s="7" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="D44" s="13" t="s">
         <v>60</v>
       </c>
       <c r="E44" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F44" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G44" s="18"/>
     </row>
     <row r="45" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A45" s="13" t="s">
         <v>185</v>
       </c>
       <c r="B45" s="7" t="s">
         <v>348</v>
       </c>
       <c r="C45" s="7" t="s">
         <v>349</v>
       </c>
       <c r="D45" s="13" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="E45" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F45" s="18"/>
       <c r="G45" s="18"/>
     </row>
     <row r="46" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A46" s="13" t="s">
         <v>201</v>
       </c>
       <c r="B46" s="7" t="s">
         <v>350</v>
       </c>
       <c r="C46" s="35" t="s">
-        <v>528</v>
+        <v>527</v>
       </c>
       <c r="D46" s="13" t="s">
         <v>93</v>
       </c>
       <c r="E46" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F46" s="18"/>
       <c r="G46" s="18"/>
     </row>
     <row r="47" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A47" s="10" t="s">
         <v>91</v>
       </c>
       <c r="B47" s="7" t="s">
         <v>351</v>
       </c>
       <c r="C47" s="7" t="s">
         <v>273</v>
       </c>
       <c r="D47" s="10" t="s">
         <v>92</v>
       </c>
       <c r="E47" s="18"/>
       <c r="F47" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G47" s="18"/>
     </row>
     <row r="48" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A48" s="10" t="s">
-        <v>457</v>
+        <v>456</v>
       </c>
       <c r="B48" s="7" t="s">
         <v>211</v>
       </c>
       <c r="C48" s="7" t="s">
-        <v>460</v>
+        <v>459</v>
       </c>
       <c r="D48" s="10" t="s">
         <v>143</v>
       </c>
       <c r="E48" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F48" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G48" s="18"/>
     </row>
     <row r="49" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A49" s="9" t="s">
         <v>119</v>
       </c>
       <c r="B49" s="7" t="s">
         <v>352</v>
       </c>
       <c r="C49" s="22" t="s">
         <v>120</v>
       </c>
       <c r="D49" s="13" t="s">
         <v>216</v>
       </c>
@@ -3411,175 +3414,175 @@
       <c r="G49" s="18"/>
     </row>
     <row r="50" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A50" s="13" t="s">
         <v>51</v>
       </c>
       <c r="B50" s="7" t="s">
         <v>353</v>
       </c>
       <c r="C50" s="7" t="s">
         <v>52</v>
       </c>
       <c r="D50" s="13" t="s">
         <v>53</v>
       </c>
       <c r="E50" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F50" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G50" s="18"/>
     </row>
     <row r="51" spans="1:7" ht="109.2" x14ac:dyDescent="0.3">
       <c r="A51" s="12" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="B51" s="7" t="s">
         <v>181</v>
       </c>
       <c r="C51" s="7" t="s">
         <v>281</v>
       </c>
       <c r="D51" s="12" t="s">
         <v>61</v>
       </c>
       <c r="E51" s="18"/>
       <c r="F51" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G51" s="18"/>
     </row>
     <row r="52" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A52" s="10" t="s">
         <v>198</v>
       </c>
       <c r="B52" s="7" t="s">
         <v>354</v>
       </c>
       <c r="C52" s="7" t="s">
         <v>82</v>
       </c>
       <c r="D52" s="13" t="s">
         <v>83</v>
       </c>
       <c r="E52" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F52" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G52" s="18"/>
     </row>
     <row r="53" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A53" s="31" t="s">
         <v>62</v>
       </c>
       <c r="B53" s="7" t="s">
         <v>355</v>
       </c>
       <c r="C53" s="34" t="s">
-        <v>570</v>
+        <v>569</v>
       </c>
       <c r="D53" s="13" t="s">
         <v>63</v>
       </c>
       <c r="E53" s="18"/>
       <c r="F53" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G53" s="18"/>
     </row>
     <row r="54" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A54" s="13" t="s">
         <v>67</v>
       </c>
       <c r="B54" s="7" t="s">
-        <v>562</v>
+        <v>561</v>
       </c>
       <c r="C54" s="7" t="s">
         <v>291</v>
       </c>
       <c r="D54" s="13" t="s">
-        <v>557</v>
+        <v>556</v>
       </c>
       <c r="E54" s="18"/>
       <c r="F54" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G54" s="18"/>
     </row>
     <row r="55" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A55" s="13" t="s">
         <v>68</v>
       </c>
       <c r="B55" s="27" t="s">
         <v>357</v>
       </c>
       <c r="C55" s="7" t="s">
         <v>276</v>
       </c>
       <c r="D55" s="13" t="s">
         <v>69</v>
       </c>
       <c r="E55" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F55" s="18"/>
       <c r="G55" s="18"/>
     </row>
     <row r="56" spans="1:7" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A56" s="12" t="s">
         <v>238</v>
       </c>
       <c r="B56" s="7" t="s">
         <v>358</v>
       </c>
       <c r="C56" s="7" t="s">
         <v>359</v>
       </c>
       <c r="D56" s="12" t="s">
         <v>361</v>
       </c>
       <c r="E56" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F56" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G56" s="18"/>
     </row>
     <row r="57" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A57" s="13" t="s">
-        <v>575</v>
+        <v>574</v>
       </c>
       <c r="B57" s="7" t="s">
         <v>360</v>
       </c>
       <c r="C57" s="7" t="s">
-        <v>574</v>
+        <v>573</v>
       </c>
       <c r="D57" s="10" t="s">
         <v>70</v>
       </c>
       <c r="E57" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F57" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G57" s="18" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="58" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A58" s="10" t="s">
         <v>200</v>
       </c>
       <c r="B58" s="7" t="s">
         <v>362</v>
       </c>
       <c r="C58" s="7" t="s">
         <v>89</v>
       </c>
       <c r="D58" s="10" t="s">
@@ -3615,104 +3618,104 @@
       <c r="G59" s="18" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="60" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A60" s="13" t="s">
         <v>191</v>
       </c>
       <c r="B60" s="7" t="s">
         <v>365</v>
       </c>
       <c r="C60" s="7" t="s">
         <v>72</v>
       </c>
       <c r="D60" s="13" t="s">
         <v>180</v>
       </c>
       <c r="E60" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F60" s="18"/>
       <c r="G60" s="18"/>
     </row>
     <row r="61" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A61" s="12" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="B61" s="7" t="s">
-        <v>563</v>
+        <v>562</v>
       </c>
       <c r="C61" s="7" t="s">
         <v>366</v>
       </c>
       <c r="D61" s="13" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="E61" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F61" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G61" s="18"/>
     </row>
     <row r="62" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A62" s="12" t="s">
         <v>192</v>
       </c>
       <c r="B62" s="7" t="s">
         <v>367</v>
       </c>
       <c r="C62" s="27" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="D62" s="13" t="s">
         <v>73</v>
       </c>
       <c r="E62" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F62" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G62" s="18" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="63" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A63" s="12" t="s">
         <v>194</v>
       </c>
       <c r="B63" s="7" t="s">
         <v>368</v>
       </c>
       <c r="C63" s="7" t="s">
-        <v>500</v>
+        <v>499</v>
       </c>
       <c r="D63" s="13" t="s">
-        <v>549</v>
+        <v>548</v>
       </c>
       <c r="E63" s="18"/>
       <c r="F63" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G63" s="18"/>
     </row>
     <row r="64" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A64" s="9" t="s">
         <v>195</v>
       </c>
       <c r="B64" s="7" t="s">
         <v>369</v>
       </c>
       <c r="C64" s="7" t="s">
         <v>290</v>
       </c>
       <c r="D64" s="13" t="s">
         <v>297</v>
       </c>
       <c r="E64" s="18"/>
       <c r="F64" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G64" s="18"/>
@@ -3722,115 +3725,115 @@
         <v>196</v>
       </c>
       <c r="B65" s="7" t="s">
         <v>370</v>
       </c>
       <c r="C65" s="7" t="s">
         <v>75</v>
       </c>
       <c r="D65" s="12" t="s">
         <v>76</v>
       </c>
       <c r="E65" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F65" s="18"/>
       <c r="G65" s="18"/>
     </row>
     <row r="66" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A66" s="13" t="s">
         <v>179</v>
       </c>
       <c r="B66" s="7" t="s">
         <v>372</v>
       </c>
       <c r="C66" s="40" t="s">
-        <v>521</v>
+        <v>520</v>
       </c>
       <c r="D66" s="13" t="s">
         <v>79</v>
       </c>
       <c r="E66" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F66" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G66" s="18"/>
     </row>
     <row r="67" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A67" s="12" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="B67" s="7" t="s">
         <v>373</v>
       </c>
       <c r="C67" s="42" t="s">
-        <v>525</v>
+        <v>524</v>
       </c>
       <c r="D67" s="13" t="s">
         <v>80</v>
       </c>
       <c r="E67" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F67" s="18"/>
       <c r="G67" s="18"/>
     </row>
     <row r="68" spans="1:7" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A68" s="12" t="s">
         <v>245</v>
       </c>
       <c r="B68" s="7" t="s">
         <v>374</v>
       </c>
       <c r="C68" s="7" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="D68" s="13" t="s">
-        <v>558</v>
+        <v>557</v>
       </c>
       <c r="E68" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F68" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G68" s="18"/>
     </row>
     <row r="69" spans="1:7" ht="84.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A69" s="9" t="s">
         <v>81</v>
       </c>
       <c r="B69" s="7" t="s">
         <v>375</v>
       </c>
       <c r="C69" s="8" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="D69" s="9" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="E69" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F69" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G69" s="18"/>
     </row>
     <row r="70" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A70" s="12" t="s">
         <v>199</v>
       </c>
       <c r="B70" s="7" t="s">
         <v>376</v>
       </c>
       <c r="C70" s="7" t="s">
         <v>282</v>
       </c>
       <c r="D70" s="13" t="s">
         <v>84</v>
       </c>
       <c r="E70" s="18"/>
       <c r="F70" s="18" t="s">
         <v>301</v>
@@ -3844,148 +3847,148 @@
       <c r="B71" s="7" t="s">
         <v>377</v>
       </c>
       <c r="C71" s="22" t="s">
         <v>87</v>
       </c>
       <c r="D71" s="13" t="s">
         <v>88</v>
       </c>
       <c r="E71" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F71" s="18"/>
       <c r="G71" s="18" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="72" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A72" s="9" t="s">
         <v>197</v>
       </c>
       <c r="B72" s="7" t="s">
         <v>378</v>
       </c>
       <c r="C72" s="35" t="s">
-        <v>461</v>
+        <v>460</v>
       </c>
       <c r="D72" s="10" t="s">
         <v>78</v>
       </c>
       <c r="E72" s="18"/>
       <c r="F72" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G72" s="16"/>
     </row>
     <row r="73" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A73" s="9" t="s">
         <v>94</v>
       </c>
       <c r="B73" s="7" t="s">
         <v>379</v>
       </c>
       <c r="C73" s="7" t="s">
         <v>283</v>
       </c>
       <c r="D73" s="10" t="s">
         <v>95</v>
       </c>
       <c r="E73" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F73" s="18"/>
       <c r="G73" s="18"/>
     </row>
     <row r="74" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A74" s="9" t="s">
         <v>96</v>
       </c>
       <c r="B74" s="7" t="s">
         <v>295</v>
       </c>
       <c r="C74" s="42" t="s">
-        <v>451</v>
+        <v>450</v>
       </c>
       <c r="D74" s="12" t="s">
-        <v>522</v>
+        <v>521</v>
       </c>
       <c r="E74" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F74" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G74" s="18"/>
     </row>
     <row r="75" spans="1:7" ht="78" x14ac:dyDescent="0.3">
       <c r="A75" s="12" t="s">
-        <v>513</v>
+        <v>512</v>
       </c>
       <c r="B75" s="7" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="C75" s="7" t="s">
         <v>34</v>
       </c>
       <c r="D75" s="12" t="s">
         <v>35</v>
       </c>
       <c r="E75" s="18"/>
       <c r="F75" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G75" s="18"/>
     </row>
     <row r="76" spans="1:7" ht="93.6" x14ac:dyDescent="0.3">
       <c r="A76" s="9" t="s">
-        <v>514</v>
+        <v>513</v>
       </c>
       <c r="B76" s="7" t="s">
-        <v>437</v>
+        <v>436</v>
       </c>
       <c r="C76" s="44" t="s">
-        <v>494</v>
+        <v>493</v>
       </c>
       <c r="D76" s="10" t="s">
-        <v>509</v>
+        <v>508</v>
       </c>
       <c r="E76" s="18"/>
       <c r="F76" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G76" s="18"/>
     </row>
     <row r="77" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A77" s="9" t="s">
         <v>202</v>
       </c>
       <c r="B77" s="26" t="s">
         <v>380</v>
       </c>
-      <c r="C77" s="7" t="s">
-        <v>381</v>
+      <c r="C77" s="49" t="s">
+        <v>579</v>
       </c>
       <c r="D77" s="12" t="s">
         <v>240</v>
       </c>
       <c r="E77" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F77" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G77" s="18"/>
     </row>
     <row r="78" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A78" s="12" t="s">
         <v>97</v>
       </c>
       <c r="B78" s="7" t="s">
         <v>213</v>
       </c>
       <c r="C78" s="7" t="s">
         <v>98</v>
       </c>
       <c r="D78" s="13" t="s">
         <v>99</v>
       </c>
@@ -3996,1370 +3999,1370 @@
       <c r="G78" s="18"/>
     </row>
     <row r="79" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A79" s="12" t="s">
         <v>100</v>
       </c>
       <c r="B79" s="7" t="s">
         <v>212</v>
       </c>
       <c r="C79" s="22" t="s">
         <v>284</v>
       </c>
       <c r="D79" s="13" t="s">
         <v>101</v>
       </c>
       <c r="E79" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F79" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G79" s="18"/>
     </row>
     <row r="80" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A80" s="9" t="s">
+        <v>534</v>
+      </c>
+      <c r="B80" s="7" t="s">
+        <v>381</v>
+      </c>
+      <c r="C80" s="35" t="s">
+        <v>536</v>
+      </c>
+      <c r="D80" s="10" t="s">
         <v>535</v>
-      </c>
-[...7 lines deleted...]
-        <v>536</v>
       </c>
       <c r="E80" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F80" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G80" s="18"/>
     </row>
     <row r="81" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A81" s="9" t="s">
         <v>253</v>
       </c>
       <c r="B81" s="27" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="C81" s="29" t="s">
         <v>254</v>
       </c>
       <c r="D81" s="10" t="s">
         <v>255</v>
       </c>
       <c r="E81" s="18"/>
       <c r="F81" s="18"/>
       <c r="G81" s="18" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="82" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A82" s="10" t="s">
         <v>223</v>
       </c>
       <c r="B82" s="7" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="C82" s="7" t="s">
         <v>224</v>
       </c>
       <c r="D82" s="9" t="s">
         <v>298</v>
       </c>
       <c r="E82" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F82" s="18"/>
       <c r="G82" s="18"/>
     </row>
     <row r="83" spans="1:7" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A83" s="13" t="s">
         <v>102</v>
       </c>
       <c r="B83" s="7" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="C83" s="22" t="s">
         <v>277</v>
       </c>
       <c r="D83" s="9" t="s">
         <v>229</v>
       </c>
       <c r="E83" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F83" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G83" s="18"/>
     </row>
     <row r="84" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A84" s="10" t="s">
         <v>203</v>
       </c>
       <c r="B84" s="7" t="s">
+        <v>385</v>
+      </c>
+      <c r="C84" s="7" t="s">
         <v>386</v>
-      </c>
-[...1 lines deleted...]
-        <v>387</v>
       </c>
       <c r="D84" s="10" t="s">
         <v>103</v>
       </c>
       <c r="E84" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F84" s="19"/>
       <c r="G84" s="19"/>
     </row>
     <row r="85" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A85" s="10" t="s">
         <v>266</v>
       </c>
       <c r="B85" s="7" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="C85" s="7" t="s">
         <v>292</v>
       </c>
       <c r="D85" s="12" t="s">
         <v>230</v>
       </c>
       <c r="E85" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F85" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G85" s="18"/>
     </row>
     <row r="86" spans="1:7" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A86" s="12" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="B86" s="7" t="s">
         <v>335</v>
       </c>
       <c r="C86" s="39" t="s">
-        <v>553</v>
+        <v>552</v>
       </c>
       <c r="D86" s="12" t="s">
-        <v>534</v>
+        <v>533</v>
       </c>
       <c r="E86" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F86" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G86" s="18"/>
     </row>
     <row r="87" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A87" s="10" t="s">
         <v>104</v>
       </c>
       <c r="B87" s="7" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="C87" s="7" t="s">
         <v>235</v>
       </c>
       <c r="D87" s="10" t="s">
         <v>239</v>
       </c>
       <c r="E87" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F87" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G87" s="18"/>
     </row>
     <row r="88" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A88" s="10" t="s">
         <v>105</v>
       </c>
       <c r="B88" s="7" t="s">
+        <v>389</v>
+      </c>
+      <c r="C88" s="7" t="s">
         <v>390</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
       <c r="D88" s="13" t="s">
         <v>233</v>
       </c>
       <c r="E88" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F88" s="20"/>
       <c r="G88" s="18"/>
     </row>
     <row r="89" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A89" s="13" t="s">
         <v>184</v>
       </c>
       <c r="B89" s="7" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="C89" s="7" t="s">
         <v>274</v>
       </c>
       <c r="D89" s="10" t="s">
-        <v>507</v>
+        <v>506</v>
       </c>
       <c r="E89" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F89" s="18"/>
       <c r="G89" s="18"/>
     </row>
     <row r="90" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A90" s="9" t="s">
         <v>234</v>
       </c>
       <c r="B90" s="7" t="s">
+        <v>393</v>
+      </c>
+      <c r="C90" s="7" t="s">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>395</v>
       </c>
       <c r="D90" s="10" t="s">
         <v>107</v>
       </c>
       <c r="E90" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F90" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G90" s="18"/>
     </row>
     <row r="91" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A91" s="9" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="B91" s="7" t="s">
-        <v>396</v>
+        <v>395</v>
       </c>
       <c r="C91" s="7" t="s">
         <v>285</v>
       </c>
       <c r="D91" s="13" t="s">
         <v>108</v>
       </c>
       <c r="E91" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F91" s="19"/>
       <c r="G91" s="16"/>
     </row>
     <row r="92" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A92" s="12" t="s">
-        <v>548</v>
+        <v>547</v>
       </c>
       <c r="B92" s="7" t="s">
-        <v>564</v>
+        <v>563</v>
       </c>
       <c r="C92" s="27" t="s">
-        <v>506</v>
+        <v>505</v>
       </c>
       <c r="D92" s="13" t="s">
-        <v>576</v>
+        <v>575</v>
       </c>
       <c r="E92" s="18"/>
       <c r="F92" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G92" s="18"/>
     </row>
     <row r="93" spans="1:7" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A93" s="12" t="s">
         <v>109</v>
       </c>
       <c r="B93" s="7" t="s">
-        <v>565</v>
+        <v>564</v>
       </c>
       <c r="C93" s="35" t="s">
-        <v>556</v>
+        <v>555</v>
       </c>
       <c r="D93" s="13" t="s">
-        <v>496</v>
+        <v>495</v>
       </c>
       <c r="E93" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F93" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G93" s="18"/>
     </row>
     <row r="94" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A94" s="9" t="s">
         <v>113</v>
       </c>
       <c r="B94" s="7" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
       <c r="C94" s="45" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="D94" s="10" t="s">
         <v>114</v>
       </c>
       <c r="E94" s="18"/>
       <c r="F94" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G94" s="18"/>
     </row>
     <row r="95" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A95" s="9" t="s">
         <v>111</v>
       </c>
       <c r="B95" s="7" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="C95" s="7" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="D95" s="9" t="s">
         <v>112</v>
       </c>
       <c r="E95" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F95" s="18"/>
       <c r="G95" s="18"/>
     </row>
     <row r="96" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A96" s="9" t="s">
         <v>115</v>
       </c>
       <c r="B96" s="7" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="C96" s="22" t="s">
         <v>286</v>
       </c>
       <c r="D96" s="12" t="s">
         <v>225</v>
       </c>
       <c r="E96" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F96" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G96" s="18"/>
     </row>
     <row r="97" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A97" s="9" t="s">
         <v>116</v>
       </c>
       <c r="B97" s="7" t="s">
-        <v>400</v>
+        <v>399</v>
       </c>
       <c r="C97" s="7" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="D97" s="9" t="s">
         <v>117</v>
       </c>
       <c r="E97" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F97" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G97" s="18"/>
     </row>
     <row r="98" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A98" s="12" t="s">
         <v>261</v>
       </c>
       <c r="B98" s="7" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="C98" s="46" t="s">
-        <v>554</v>
+        <v>553</v>
       </c>
       <c r="D98" s="13" t="s">
-        <v>577</v>
+        <v>576</v>
       </c>
       <c r="E98" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F98" s="18"/>
       <c r="G98" s="18"/>
     </row>
     <row r="99" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A99" s="12" t="s">
         <v>267</v>
       </c>
       <c r="B99" s="7" t="s">
-        <v>519</v>
+        <v>518</v>
       </c>
       <c r="C99" s="7" t="s">
         <v>118</v>
       </c>
       <c r="D99" s="12" t="s">
         <v>247</v>
       </c>
       <c r="E99" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F99" s="18"/>
       <c r="G99" s="18"/>
     </row>
     <row r="100" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A100" s="13" t="s">
+        <v>537</v>
+      </c>
+      <c r="B100" s="7" t="s">
+        <v>539</v>
+      </c>
+      <c r="C100" s="43" t="s">
+        <v>540</v>
+      </c>
+      <c r="D100" s="13" t="s">
         <v>538</v>
-      </c>
-[...7 lines deleted...]
-        <v>539</v>
       </c>
       <c r="E100" s="18"/>
       <c r="F100" s="18"/>
       <c r="G100" s="18" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="101" spans="1:7" ht="71.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A101" s="10" t="s">
         <v>121</v>
       </c>
       <c r="B101" s="7" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="C101" s="8" t="s">
         <v>122</v>
       </c>
       <c r="D101" s="13" t="s">
         <v>123</v>
       </c>
       <c r="E101" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F101" s="18"/>
       <c r="G101" s="18"/>
     </row>
     <row r="102" spans="1:7" ht="71.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A102" s="10" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="B102" s="7" t="s">
         <v>322</v>
       </c>
       <c r="C102" s="44" t="s">
         <v>219</v>
       </c>
       <c r="D102" s="13" t="s">
         <v>215</v>
       </c>
       <c r="E102" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F102" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G102" s="18"/>
     </row>
     <row r="103" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A103" s="10" t="s">
-        <v>544</v>
+        <v>543</v>
       </c>
       <c r="B103" s="7" t="s">
         <v>356</v>
       </c>
       <c r="C103" s="7" t="s">
         <v>65</v>
       </c>
       <c r="D103" s="10" t="s">
         <v>66</v>
       </c>
       <c r="E103" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F103" s="18"/>
       <c r="G103" s="18"/>
     </row>
     <row r="104" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A104" s="12" t="s">
-        <v>545</v>
+        <v>544</v>
       </c>
       <c r="B104" s="7" t="s">
         <v>371</v>
       </c>
       <c r="C104" s="7" t="s">
         <v>77</v>
       </c>
       <c r="D104" s="13" t="s">
         <v>294</v>
       </c>
       <c r="E104" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F104" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G104" s="18"/>
     </row>
     <row r="105" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A105" s="9" t="s">
-        <v>546</v>
+        <v>545</v>
       </c>
       <c r="B105" s="7" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="C105" s="7" t="s">
         <v>106</v>
       </c>
       <c r="D105" s="13" t="s">
-        <v>480</v>
+        <v>479</v>
       </c>
       <c r="E105" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F105" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G105" s="18"/>
     </row>
     <row r="106" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A106" s="9" t="s">
         <v>124</v>
       </c>
       <c r="B106" s="7" t="s">
+        <v>403</v>
+      </c>
+      <c r="C106" s="7" t="s">
         <v>404</v>
-      </c>
-[...1 lines deleted...]
-        <v>405</v>
       </c>
       <c r="D106" s="9" t="s">
         <v>248</v>
       </c>
       <c r="E106" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F106" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G106" s="18"/>
     </row>
     <row r="107" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A107" s="9" t="s">
         <v>268</v>
       </c>
       <c r="B107" s="7" t="s">
-        <v>406</v>
+        <v>405</v>
       </c>
       <c r="C107" s="7" t="s">
         <v>125</v>
       </c>
       <c r="D107" s="9" t="s">
         <v>126</v>
       </c>
       <c r="E107" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F107" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G107" s="18"/>
     </row>
     <row r="108" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A108" s="9" t="s">
-        <v>578</v>
+        <v>577</v>
       </c>
       <c r="B108" s="7" t="s">
+        <v>406</v>
+      </c>
+      <c r="C108" s="22" t="s">
         <v>407</v>
-      </c>
-[...1 lines deleted...]
-        <v>408</v>
       </c>
       <c r="D108" s="9" t="s">
         <v>183</v>
       </c>
       <c r="E108" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F108" s="18"/>
       <c r="G108" s="18"/>
     </row>
     <row r="109" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A109" s="9" t="s">
         <v>127</v>
       </c>
       <c r="B109" s="7" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="C109" s="7" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="D109" s="9" t="s">
         <v>128</v>
       </c>
       <c r="E109" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F109" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G109" s="18"/>
     </row>
     <row r="110" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A110" s="9" t="s">
         <v>129</v>
       </c>
       <c r="B110" s="7" t="s">
-        <v>410</v>
+        <v>409</v>
       </c>
       <c r="C110" s="36" t="s">
-        <v>456</v>
+        <v>455</v>
       </c>
       <c r="D110" s="9" t="s">
         <v>130</v>
       </c>
       <c r="E110" s="18"/>
       <c r="F110" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G110" s="18"/>
     </row>
     <row r="111" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A111" s="9" t="s">
         <v>131</v>
       </c>
       <c r="B111" s="7" t="s">
-        <v>410</v>
+        <v>409</v>
       </c>
       <c r="C111" s="7" t="s">
         <v>132</v>
       </c>
       <c r="D111" s="9" t="s">
-        <v>463</v>
+        <v>462</v>
       </c>
       <c r="E111" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F111" s="18"/>
       <c r="G111" s="18"/>
     </row>
     <row r="112" spans="1:7" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A112" s="9" t="s">
         <v>299</v>
       </c>
       <c r="B112" s="28" t="s">
-        <v>411</v>
+        <v>410</v>
       </c>
       <c r="C112" s="7" t="s">
-        <v>502</v>
+        <v>501</v>
       </c>
       <c r="D112" s="13" t="s">
         <v>231</v>
       </c>
       <c r="E112" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F112" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G112" s="19"/>
     </row>
     <row r="113" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A113" s="9" t="s">
         <v>133</v>
       </c>
       <c r="B113" s="7" t="s">
-        <v>412</v>
+        <v>411</v>
       </c>
       <c r="C113" s="7" t="s">
         <v>287</v>
       </c>
       <c r="D113" s="10" t="s">
         <v>249</v>
       </c>
       <c r="E113" s="18"/>
       <c r="F113" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G113" s="18"/>
     </row>
     <row r="114" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A114" s="9" t="s">
         <v>134</v>
       </c>
       <c r="B114" s="29" t="s">
-        <v>412</v>
+        <v>411</v>
       </c>
       <c r="C114" s="7" t="s">
         <v>236</v>
       </c>
       <c r="D114" s="13" t="s">
         <v>237</v>
       </c>
       <c r="E114" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F114" s="18"/>
       <c r="G114" s="18"/>
     </row>
     <row r="115" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A115" s="9" t="s">
         <v>135</v>
       </c>
       <c r="B115" s="7" t="s">
-        <v>566</v>
+        <v>565</v>
       </c>
       <c r="C115" s="7" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="D115" s="9" t="s">
         <v>136</v>
       </c>
       <c r="E115" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F115" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G115" s="18"/>
     </row>
     <row r="116" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A116" s="9" t="s">
         <v>137</v>
       </c>
       <c r="B116" s="7" t="s">
+        <v>413</v>
+      </c>
+      <c r="C116" s="7" t="s">
         <v>414</v>
       </c>
-      <c r="C116" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D116" s="9" t="s">
-        <v>561</v>
+        <v>560</v>
       </c>
       <c r="E116" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F116" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G116" s="18"/>
     </row>
     <row r="117" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A117" s="9" t="s">
         <v>222</v>
       </c>
       <c r="B117" s="7" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
       <c r="C117" s="7" t="s">
         <v>220</v>
       </c>
       <c r="D117" s="9" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="E117" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F117" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G117" s="18"/>
     </row>
     <row r="118" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A118" s="9" t="s">
         <v>138</v>
       </c>
       <c r="B118" s="7" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="C118" s="7" t="s">
-        <v>503</v>
+        <v>502</v>
       </c>
       <c r="D118" s="13" t="s">
         <v>139</v>
       </c>
       <c r="E118" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F118" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G118" s="18"/>
     </row>
     <row r="119" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A119" s="9" t="s">
         <v>140</v>
       </c>
       <c r="B119" s="7" t="s">
+        <v>417</v>
+      </c>
+      <c r="C119" s="7" t="s">
         <v>418</v>
       </c>
-      <c r="C119" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D119" s="9" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="E119" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F119" s="18"/>
       <c r="G119" s="18"/>
     </row>
     <row r="120" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A120" s="9" t="s">
         <v>141</v>
       </c>
       <c r="B120" s="7" t="s">
-        <v>420</v>
+        <v>419</v>
       </c>
       <c r="C120" s="22" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="D120" s="13" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="E120" s="18"/>
       <c r="F120" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G120" s="18"/>
     </row>
     <row r="121" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A121" s="9" t="s">
         <v>142</v>
       </c>
       <c r="B121" s="7" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="C121" s="42" t="s">
-        <v>515</v>
+        <v>514</v>
       </c>
       <c r="D121" s="9" t="s">
-        <v>485</v>
+        <v>484</v>
       </c>
       <c r="E121" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F121" s="18"/>
       <c r="G121" s="18"/>
     </row>
     <row r="122" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A122" s="10" t="s">
         <v>144</v>
       </c>
       <c r="B122" s="7" t="s">
-        <v>422</v>
+        <v>421</v>
       </c>
       <c r="C122" s="7" t="s">
-        <v>452</v>
+        <v>451</v>
       </c>
       <c r="D122" s="12" t="s">
         <v>145</v>
       </c>
       <c r="E122" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F122" s="18"/>
       <c r="G122" s="18"/>
     </row>
     <row r="123" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A123" s="10" t="s">
         <v>146</v>
       </c>
       <c r="B123" s="7" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="C123" s="7" t="s">
         <v>147</v>
       </c>
       <c r="D123" s="10" t="s">
         <v>148</v>
       </c>
       <c r="E123" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F123" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G123" s="18"/>
     </row>
     <row r="124" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A124" s="10" t="s">
         <v>149</v>
       </c>
       <c r="B124" s="7" t="s">
+        <v>423</v>
+      </c>
+      <c r="C124" s="7" t="s">
         <v>424</v>
       </c>
-      <c r="C124" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D124" s="9" t="s">
-        <v>486</v>
+        <v>485</v>
       </c>
       <c r="E124" s="18"/>
       <c r="F124" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G124" s="18"/>
     </row>
     <row r="125" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A125" s="9" t="s">
         <v>150</v>
       </c>
       <c r="B125" s="7" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="C125" s="7" t="s">
         <v>151</v>
       </c>
       <c r="D125" s="9" t="s">
         <v>152</v>
       </c>
       <c r="E125" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F125" s="18"/>
       <c r="G125" s="18"/>
     </row>
     <row r="126" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A126" s="9" t="s">
         <v>153</v>
       </c>
       <c r="B126" s="7" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
       <c r="C126" s="7" t="s">
         <v>154</v>
       </c>
       <c r="D126" s="9" t="s">
         <v>300</v>
       </c>
       <c r="E126" s="18"/>
       <c r="F126" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G126" s="18"/>
     </row>
     <row r="127" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A127" s="9" t="s">
         <v>155</v>
       </c>
       <c r="B127" s="7" t="s">
-        <v>428</v>
+        <v>427</v>
       </c>
       <c r="C127" s="7" t="s">
         <v>288</v>
       </c>
       <c r="D127" s="13" t="s">
         <v>156</v>
       </c>
       <c r="E127" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F127" s="18"/>
       <c r="G127" s="18"/>
     </row>
     <row r="128" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A128" s="9" t="s">
         <v>262</v>
       </c>
       <c r="B128" s="7" t="s">
         <v>265</v>
       </c>
       <c r="C128" s="7" t="s">
         <v>264</v>
       </c>
       <c r="D128" s="13" t="s">
         <v>263</v>
       </c>
       <c r="E128" s="18"/>
       <c r="F128" s="18"/>
       <c r="G128" s="18" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="129" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A129" s="9" t="s">
         <v>205</v>
       </c>
       <c r="B129" s="7" t="s">
+        <v>428</v>
+      </c>
+      <c r="C129" s="7" t="s">
         <v>429</v>
       </c>
-      <c r="C129" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D129" s="9" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="E129" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F129" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G129" s="18"/>
     </row>
     <row r="130" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A130" s="9" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="B130" s="27" t="s">
-        <v>431</v>
+        <v>430</v>
       </c>
       <c r="C130" s="8" t="s">
         <v>252</v>
       </c>
       <c r="D130" s="12" t="s">
-        <v>559</v>
+        <v>558</v>
       </c>
       <c r="E130" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F130" s="18"/>
       <c r="G130" s="18"/>
     </row>
     <row r="131" spans="1:7" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A131" s="9" t="s">
         <v>160</v>
       </c>
       <c r="B131" s="7" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="C131" s="7" t="s">
         <v>269</v>
       </c>
       <c r="D131" s="9" t="s">
         <v>272</v>
       </c>
       <c r="E131" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F131" s="18"/>
       <c r="G131" s="18"/>
     </row>
     <row r="132" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A132" s="9" t="s">
         <v>161</v>
       </c>
       <c r="B132" s="7" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="C132" s="7" t="s">
         <v>217</v>
       </c>
       <c r="D132" s="9" t="s">
         <v>162</v>
       </c>
       <c r="E132" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F132" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G132" s="18"/>
     </row>
     <row r="133" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A133" s="9" t="s">
         <v>206</v>
       </c>
       <c r="B133" s="7" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
       <c r="C133" s="8" t="s">
         <v>251</v>
       </c>
       <c r="D133" s="9" t="s">
         <v>250</v>
       </c>
       <c r="E133" s="18"/>
       <c r="F133" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G133" s="18"/>
     </row>
     <row r="134" spans="1:7" ht="93.6" x14ac:dyDescent="0.3">
       <c r="A134" s="9" t="s">
         <v>208</v>
       </c>
       <c r="B134" s="7" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="C134" s="39" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
       <c r="D134" s="12" t="s">
         <v>210</v>
       </c>
       <c r="E134" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F134" s="18"/>
       <c r="G134" s="18"/>
     </row>
     <row r="135" spans="1:7" ht="49.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A135" s="12" t="s">
+        <v>438</v>
+      </c>
+      <c r="B135" s="30" t="s">
+        <v>566</v>
+      </c>
+      <c r="C135" s="7" t="s">
         <v>439</v>
-      </c>
-[...4 lines deleted...]
-        <v>440</v>
       </c>
       <c r="D135" s="12" t="s">
         <v>58</v>
       </c>
       <c r="E135" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F135" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G135" s="18"/>
     </row>
     <row r="136" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A136" s="9" t="s">
         <v>164</v>
       </c>
       <c r="B136" s="7" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="C136" s="8" t="s">
         <v>232</v>
       </c>
       <c r="D136" s="9" t="s">
         <v>165</v>
       </c>
       <c r="E136" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F136" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G136" s="18"/>
     </row>
     <row r="137" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A137" s="12" t="s">
         <v>243</v>
       </c>
       <c r="B137" s="7" t="s">
-        <v>568</v>
+        <v>567</v>
       </c>
       <c r="C137" s="7" t="s">
         <v>244</v>
       </c>
       <c r="D137" s="13" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="E137" s="18"/>
       <c r="F137" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G137" s="18"/>
     </row>
     <row r="138" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A138" s="9" t="s">
         <v>166</v>
       </c>
       <c r="B138" s="7" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="C138" s="7" t="s">
         <v>167</v>
       </c>
       <c r="D138" s="10" t="s">
         <v>168</v>
       </c>
       <c r="E138" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F138" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G138" s="18"/>
     </row>
     <row r="139" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A139" s="9" t="s">
         <v>169</v>
       </c>
       <c r="B139" s="7" t="s">
         <v>209</v>
       </c>
       <c r="C139" s="8" t="s">
         <v>246</v>
       </c>
       <c r="D139" s="9" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="E139" s="18"/>
       <c r="F139" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G139" s="18"/>
     </row>
     <row r="140" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A140" s="9" t="s">
         <v>204</v>
       </c>
       <c r="B140" s="7" t="s">
-        <v>443</v>
+        <v>442</v>
       </c>
       <c r="C140" s="7" t="s">
         <v>110</v>
       </c>
       <c r="D140" s="9" t="s">
-        <v>550</v>
+        <v>549</v>
       </c>
       <c r="E140" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F140" s="18"/>
       <c r="G140" s="18"/>
     </row>
     <row r="141" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A141" s="9" t="s">
         <v>157</v>
       </c>
       <c r="B141" s="7" t="s">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="C141" s="7" t="s">
         <v>158</v>
       </c>
       <c r="D141" s="9" t="s">
         <v>159</v>
       </c>
       <c r="E141" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F141" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G141" s="18"/>
     </row>
     <row r="142" spans="1:7" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A142" s="12" t="s">
         <v>170</v>
       </c>
       <c r="B142" s="7" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="C142" s="7" t="s">
         <v>221</v>
       </c>
       <c r="D142" s="13" t="s">
         <v>171</v>
       </c>
       <c r="E142" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F142" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G142" s="18"/>
     </row>
     <row r="143" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A143" s="9" t="s">
         <v>172</v>
       </c>
       <c r="B143" s="7" t="s">
+        <v>445</v>
+      </c>
+      <c r="C143" s="7" t="s">
         <v>446</v>
-      </c>
-[...1 lines deleted...]
-        <v>447</v>
       </c>
       <c r="D143" s="9" t="s">
         <v>173</v>
       </c>
       <c r="E143" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F143" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G143" s="18"/>
     </row>
     <row r="144" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A144" s="13" t="s">
         <v>174</v>
       </c>
       <c r="B144" s="7" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="C144" s="22" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
       <c r="D144" s="13" t="s">
         <v>175</v>
       </c>
       <c r="E144" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F144" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G144" s="18" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="145" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A145" s="13" t="s">
         <v>257</v>
       </c>
       <c r="B145" s="7" t="s">
-        <v>449</v>
+        <v>448</v>
       </c>
       <c r="C145" s="7" t="s">
         <v>271</v>
       </c>
       <c r="D145" s="13" t="s">
         <v>256</v>
       </c>
       <c r="E145" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F145" s="18"/>
       <c r="G145" s="18"/>
     </row>
     <row r="146" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A146" s="13" t="s">
         <v>176</v>
       </c>
       <c r="B146" s="7" t="s">
-        <v>450</v>
+        <v>449</v>
       </c>
       <c r="C146" s="7" t="s">
         <v>289</v>
       </c>
       <c r="D146" s="13" t="s">
         <v>177</v>
       </c>
       <c r="E146" s="18" t="s">
         <v>301</v>
       </c>
       <c r="F146" s="18" t="s">
         <v>301</v>
       </c>
       <c r="G146" s="18" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="147" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A147" s="21"/>
       <c r="B147" s="22"/>
       <c r="C147" s="33"/>
       <c r="D147" s="21"/>
       <c r="E147" s="23"/>
       <c r="F147" s="23"/>
       <c r="G147" s="23"/>
@@ -5981,53 +5984,54 @@
     <row r="347" spans="3:3" x14ac:dyDescent="0.3">
       <c r="C347" s="33"/>
     </row>
     <row r="348" spans="3:3" x14ac:dyDescent="0.3">
       <c r="C348" s="33"/>
     </row>
     <row r="349" spans="3:3" x14ac:dyDescent="0.3">
       <c r="C349" s="33"/>
     </row>
   </sheetData>
   <autoFilter ref="A3:G146" xr:uid="{00000000-0009-0000-0000-000000000000}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:G146">
       <sortCondition ref="A3:A146"/>
     </sortState>
   </autoFilter>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:G146">
     <sortCondition ref="A4:A146"/>
   </sortState>
   <mergeCells count="2">
     <mergeCell ref="E2:G2"/>
     <mergeCell ref="A1:G1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="C110" r:id="rId1" display="mailto:salacgrivas.makslas.skola@limbazunovads.lv" xr:uid="{D2E49870-DE3A-4400-BBAB-4A8D05AF0EE7}"/>
     <hyperlink ref="C98" r:id="rId2" xr:uid="{F8833171-3588-4A0E-A8DA-A012351A8A5D}"/>
+    <hyperlink ref="C77" r:id="rId3" xr:uid="{088E39FF-E11C-462D-93C3-71DC95528AA6}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" verticalDpi="360" r:id="rId3"/>
+  <pageSetup paperSize="9" orientation="portrait" verticalDpi="360" r:id="rId4"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Darblapas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>skolas</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>