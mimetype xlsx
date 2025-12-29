--- v1 (2025-12-07)
+++ v2 (2025-12-29)
@@ -1,55 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://kultura-my.sharepoint.com/personal/mara_kalve_kultura_lv/Documents/MAJASLAPA/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1" documentId="8_{B127DD42-0380-49FD-B13D-A415A2F0EEEB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{CB4415C8-108B-4580-A480-2EF447FD5F36}"/>
+  <xr:revisionPtr revIDLastSave="41" documentId="8_{B127DD42-0380-49FD-B13D-A415A2F0EEEB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{8CEDC36B-5282-4961-8EA8-A93CB015E6C1}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="skolas" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">skolas!$A$3:$G$146</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="797" uniqueCount="580">
   <si>
     <t>Izglītības iestāde</t>
   </si>
   <si>
     <t>Adrese</t>
   </si>
   <si>
     <t>Direktors</t>
   </si>
   <si>
@@ -202,53 +202,50 @@
   <si>
     <t>jnmms@jelgavasnovads.lv</t>
   </si>
   <si>
     <t>Dace Laure</t>
   </si>
   <si>
     <t>Iecavas Mūzikas un mākslas skola</t>
   </si>
   <si>
     <t>Ikšķiles Mūzikas un mākslas skola</t>
   </si>
   <si>
     <t>ilukstemsk@inbox.lv</t>
   </si>
   <si>
     <t>Ilona Linarte-Ruža</t>
   </si>
   <si>
     <t>Ieva Kikuste</t>
   </si>
   <si>
     <t>Jaunpiebalgas Mūzikas un mākslas skola</t>
   </si>
   <si>
-    <t>Aija Sila</t>
-[...1 lines deleted...]
-  <si>
     <t>Anda Stankeviča</t>
   </si>
   <si>
     <t>Jēkabpils Mākslas skola</t>
   </si>
   <si>
     <t xml:space="preserve">Ziedonis Bārbals </t>
   </si>
   <si>
     <t>Smaida Ščerbicka</t>
   </si>
   <si>
     <t>jms@riga.lv</t>
   </si>
   <si>
     <t>Sandra Grīnberga</t>
   </si>
   <si>
     <t>Jūrmalas Mākslas skola</t>
   </si>
   <si>
     <t>Jūrmalas Mūzikas vidusskola</t>
   </si>
   <si>
     <t>Gunta Liepiņa</t>
@@ -310,53 +307,50 @@
   <si>
     <t>Lolita Greitāne</t>
   </si>
   <si>
     <t>mmmskola@ogresnovads.lv</t>
   </si>
   <si>
     <t xml:space="preserve">Vita Ervalde </t>
   </si>
   <si>
     <t>Jāņa Simsona Madonas mākslas skola</t>
   </si>
   <si>
     <t>Kristīne Šulce</t>
   </si>
   <si>
     <t>Mārtiņš Bergs</t>
   </si>
   <si>
     <t>Maltas Mūzikas skola</t>
   </si>
   <si>
     <t>Normunds Štekels</t>
   </si>
   <si>
-    <t>Mazsalacas Mūzikas un mākslas skola</t>
-[...1 lines deleted...]
-  <si>
     <t>Māras Muižnieces Rīgas Mākslas skola</t>
   </si>
   <si>
     <t>mmrms@riga.lv</t>
   </si>
   <si>
     <t>Dina Lūse</t>
   </si>
   <si>
     <t>Mārupes Mūzikas un mākslas skola</t>
   </si>
   <si>
     <t>Dace Štrodaha</t>
   </si>
   <si>
     <t>Naujenes Mūzikas un mākslas skola</t>
   </si>
   <si>
     <t>Dina Sleže</t>
   </si>
   <si>
     <t>Olaines Mūzikas un mākslas skola</t>
   </si>
   <si>
     <t>Ozolnieku Mūzikas skola</t>
@@ -397,53 +391,50 @@
   <si>
     <t>Inita Rubeze</t>
   </si>
   <si>
     <t>bjmk@inbox.lv</t>
   </si>
   <si>
     <t>Jāzepa Mediņa Rīgas 1.mūzikas skola</t>
   </si>
   <si>
     <t>jmr1ms@riga.lv</t>
   </si>
   <si>
     <t>Rīgas 3.mūzikas skola</t>
   </si>
   <si>
     <t>r3ms@riga.lv</t>
   </si>
   <si>
     <t>Kārlis Beinerts</t>
   </si>
   <si>
     <t>Rojas Mūzikas un Mākslas skola</t>
   </si>
   <si>
-    <t>ropazumms@inbox.lv</t>
-[...1 lines deleted...]
-  <si>
     <t>Daiga Jankovska</t>
   </si>
   <si>
     <t>Sabiles Mūzikas un mākslas skola</t>
   </si>
   <si>
     <t>Zinta Ošenberga</t>
   </si>
   <si>
     <t>Salacgrīvas Mākslas skola</t>
   </si>
   <si>
     <t>Imants Klīdzējs</t>
   </si>
   <si>
     <t>Salacgrīvas novada Mūzikas skola</t>
   </si>
   <si>
     <t>salmuzskola@inbox.lv</t>
   </si>
   <si>
     <t>Saldus Mākslas skola</t>
   </si>
   <si>
     <t>Saldus Mūzikas skola</t>
@@ -718,53 +709,50 @@
   <si>
     <t>namins.ms@gmail.com</t>
   </si>
   <si>
     <t>Edgars Znutiņš</t>
   </si>
   <si>
     <t>Sandra Vorkale</t>
   </si>
   <si>
     <t>Garkalnes Mākslu un vispārizglītojošā pamatskola</t>
   </si>
   <si>
     <t>Bauskas Mūzikas un mākslas skola</t>
   </si>
   <si>
     <t>Ruslans Margevičs</t>
   </si>
   <si>
     <t>Atvars Lakstīgala</t>
   </si>
   <si>
     <t>Rūta Bugavičute</t>
   </si>
   <si>
-    <t>mms@varaklani.lv</t>
-[...1 lines deleted...]
-  <si>
     <t>Edīte Brūniņa</t>
   </si>
   <si>
     <t>Pāvilostas Mūzikas un mākslas skola</t>
   </si>
   <si>
     <t>olainesmms@inbox.lv</t>
   </si>
   <si>
     <t>saldus.muzikasskola@saldus.lv</t>
   </si>
   <si>
     <t>Mārtiņš Bērtulis</t>
   </si>
   <si>
     <t>Kalētu Mūzikas un mākslas pamatskola</t>
   </si>
   <si>
     <t>Viesturs Lazdiņš</t>
   </si>
   <si>
     <t>Māra Ārente</t>
   </si>
   <si>
     <t>Dace Čodera</t>
@@ -857,53 +845,50 @@
     <t xml:space="preserve">a.ams@inbox.lv </t>
   </si>
   <si>
     <t>zanesskola@inbox.lv</t>
   </si>
   <si>
     <t>Gunita Riežniece</t>
   </si>
   <si>
     <t>makslamadona@inbox.lv</t>
   </si>
   <si>
     <t>muzikasskola@aizkraukle.lv</t>
   </si>
   <si>
     <t>muzikas_skola@aluksne.lv</t>
   </si>
   <si>
     <t>muzikasvsk@edu.jurmala.lv</t>
   </si>
   <si>
     <t>naujenes_mms@inbox.lv</t>
   </si>
   <si>
     <t>singita.danilevica@gmail.com</t>
-  </si>
-[...1 lines deleted...]
-    <t>Berguskola@inbox.lv</t>
   </si>
   <si>
     <t>birzgalesmuzikassk@inbox.lv</t>
   </si>
   <si>
     <t>makslas@izglitiba.jelgava.lv</t>
   </si>
   <si>
     <t>r.kolate@inbox.lv</t>
   </si>
   <si>
     <t>muzikasskola@saskarsme.lv</t>
   </si>
   <si>
     <t>Muzika.marupe@marupe.lv</t>
   </si>
   <si>
     <t>pjms@riga.lv</t>
   </si>
   <si>
     <t>preilumuzsk@preili.lv</t>
   </si>
   <si>
     <t>makslas.skola@saldus.lv</t>
   </si>
@@ -1341,53 +1326,50 @@
   </si>
   <si>
     <t>Universum mūzikas un mākslas vidusskola</t>
   </si>
   <si>
     <t>Tirgoņu iela 21a, Vaiņode, Vaiņodes pag., Dienvidkurzemes novads, LV-3435</t>
   </si>
   <si>
     <t>Lielā iela 28, Valdemārpils, Talsu novads, LV-3260</t>
   </si>
   <si>
     <t>Beverīnas iela 5, Valka, Valkas novads, LV-4701</t>
   </si>
   <si>
     <t>Faktiskā adrese: Purva iela 12, Valmiera, Valmieras novads, LV-4201
 Juridiskā adrese: Lāčplēša iela 2, Valmiera, Valmieras novads, LV-4201</t>
   </si>
   <si>
     <t>Faktiskā adrese: Pilskalna iela 3, Valmiera, Valmieras novads, LV-4201
 Juridiskā adrese: Lāčplēša iela 2, Valmiera, Valmieras novads, LV-4201</t>
   </si>
   <si>
     <t>Vangažu Mūzikas un mākslas skola</t>
   </si>
   <si>
-    <t>vangazu.mms@ropazi.lv</t>
-[...1 lines deleted...]
-  <si>
     <t>Pils iela 25, Varakļāni, Varakļānu novads, LV-4838</t>
   </si>
   <si>
     <t>Rīgas iela 24c, Vecumnieki, Vecumnieku pag., Bauskas novads, LV-3933</t>
   </si>
   <si>
     <t>Lielā iela 7, Piltene, Ventspils novads, LV-3620</t>
   </si>
   <si>
     <t>"Bērnudārzs", Ugāle, Ugāles pag., Ventspils novads, LV-3615</t>
   </si>
   <si>
     <t>Ostas iela 15, Zvejniekciems, Saulkrastu pag., Saulkrastu novads, LV-2161</t>
   </si>
   <si>
     <t>Brīvības iela 12, Viesīte,Jēkabpils novads LV-5237</t>
   </si>
   <si>
     <t>muzika.maksla@edu.jekabpils.lv</t>
   </si>
   <si>
     <t>Brīvības iela 44c, Viļāni, Rēzeknes novads, LV-4650</t>
   </si>
   <si>
     <t>Viļānu iela 2, Rēzekne LV-4601</t>
@@ -1587,53 +1569,50 @@
   <si>
     <t>Mākslu izglītības kompetences centrs "Valmieras Dizaina un mākslas vidusskola"</t>
   </si>
   <si>
     <t>muzikasskola@smiltenesnovads.lv</t>
   </si>
   <si>
     <t>jekmuzskola@edu.jekabpils.lv</t>
   </si>
   <si>
     <t>cesvainesmuzikasskola@madona.edu.lv</t>
   </si>
   <si>
     <t xml:space="preserve">priekulesmm.skola@dkn.lv  </t>
   </si>
   <si>
     <t>Jāņa Asara iela 21, Jelgava, LV-3001</t>
   </si>
   <si>
     <t>Dana Berkule</t>
   </si>
   <si>
     <t>lielvardesmms@ogresnovads.lv</t>
   </si>
   <si>
-    <t>Olita Neimande</t>
-[...1 lines deleted...]
-  <si>
     <t>iecava.mms@bauskasnovads.lv</t>
   </si>
   <si>
     <t>Liepājas Karostas mūzikas skola</t>
   </si>
   <si>
     <t>karostasmsk@liepaja.edu.lv</t>
   </si>
   <si>
     <t>muz.skola@gulbene.edu.lv</t>
   </si>
   <si>
     <t>erglumakslasskola@madona.edu.lv</t>
   </si>
   <si>
     <t>madonasmuzikasskola@madona.edu.lv</t>
   </si>
   <si>
     <t>Alsungas Mākslu pamatskola</t>
   </si>
   <si>
     <t>Ilze Bloka</t>
   </si>
   <si>
     <t xml:space="preserve">alsungasskola@kuldigasnovads.lv </t>
@@ -1758,54 +1737,75 @@
   <si>
     <t>Anita Ostrovska</t>
   </si>
   <si>
     <t>p.i. Amanda Gertnere</t>
   </si>
   <si>
     <t>Ilona Matīsa</t>
   </si>
   <si>
     <t>kandavasmms@inbox.lv; andra.eimane@gmail.com</t>
   </si>
   <si>
     <t>Kandavas Mākslu skola</t>
   </si>
   <si>
     <t>Patricija Brekte-Pannetjē</t>
   </si>
   <si>
     <t>Kristīne Balode</t>
   </si>
   <si>
     <t>Rūjienas Mūzikas un mākslas skola</t>
   </si>
   <si>
-    <t>Pašvaldību un privātas izglītības iestādes, kas īsteno profesionālās ievirzes mūzikas, mākslas un dejas izglītības programmas 01.09.2025.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">info@malpilsmms.lv </t>
+  </si>
+  <si>
+    <t>Zaiga Ivana</t>
+  </si>
+  <si>
+    <t>Mazsalacas Mūzikas un mākslas pamatskola</t>
+  </si>
+  <si>
+    <t>ropazu.mms@edu.ropazi.lv</t>
+  </si>
+  <si>
+    <t>vangazu.mms@edu.ropazi.lv</t>
+  </si>
+  <si>
+    <t>varaklanumakslasskola@madona.edu.lv</t>
+  </si>
+  <si>
+    <t>Pašvaldību un privātas izglītības iestādes, kas īsteno profesionālās ievirzes mūzikas, mākslas un dejas izglītības programmas 10.12.2025.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">bergu.pamatskola@edu.ropazi.lv </t>
+  </si>
+  <si>
+    <t>Sandis Bārdiņš</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
@@ -1972,51 +1972,51 @@
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="50">
+  <cellXfs count="48">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
@@ -2098,70 +2098,64 @@
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hipersaite" xfId="1" builtinId="8"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Parasts" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -2404,2980 +2398,2980 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@malpilsmms.lv" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kulturaspatnis@patnis.lv" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:salacgrivas.makslas.skola@limbazunovads.lv" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kulturaspatnis@patnis.lv" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:salacgrivas.makslas.skola@limbazunovads.lv" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:H349"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
-      <pane ySplit="3" topLeftCell="A73" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="O80" sqref="O80"/>
+      <pane ySplit="3" topLeftCell="A101" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="N42" sqref="N42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="23.109375" customWidth="1"/>
     <col min="2" max="2" width="27.109375" customWidth="1"/>
     <col min="3" max="3" width="36.109375" style="38" customWidth="1"/>
     <col min="4" max="4" width="19.88671875" customWidth="1"/>
     <col min="5" max="5" width="9.44140625" customWidth="1"/>
     <col min="6" max="6" width="11.109375" customWidth="1"/>
     <col min="7" max="7" width="11" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="59.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="48" t="s">
-[...7 lines deleted...]
-      <c r="G1" s="48"/>
+      <c r="A1" s="47" t="s">
+        <v>577</v>
+      </c>
+      <c r="B1" s="47"/>
+      <c r="C1" s="47"/>
+      <c r="D1" s="47"/>
+      <c r="E1" s="47"/>
+      <c r="F1" s="47"/>
+      <c r="G1" s="47"/>
     </row>
     <row r="2" spans="1:8" ht="63" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="15" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="14" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="14" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="D2" s="14" t="s">
         <v>2</v>
       </c>
-      <c r="E2" s="47" t="s">
-[...3 lines deleted...]
-      <c r="G2" s="47"/>
+      <c r="E2" s="46" t="s">
+        <v>291</v>
+      </c>
+      <c r="F2" s="46"/>
+      <c r="G2" s="46"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A3" s="15"/>
       <c r="B3" s="14"/>
       <c r="C3" s="14"/>
       <c r="D3" s="14"/>
       <c r="E3" s="17" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="F3" s="17" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="G3" s="17" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
     </row>
     <row r="4" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A4" s="13" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="7" t="s">
-        <v>302</v>
+        <v>297</v>
       </c>
       <c r="C4" s="7" t="s">
-        <v>303</v>
+        <v>298</v>
       </c>
       <c r="D4" s="11" t="s">
-        <v>559</v>
+        <v>552</v>
       </c>
       <c r="E4" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F4" s="18"/>
       <c r="G4" s="18"/>
     </row>
     <row r="5" spans="1:8" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A5" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="26" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
       <c r="C5" s="7" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="D5" s="13" t="s">
         <v>18</v>
       </c>
       <c r="E5" s="18"/>
       <c r="F5" s="18"/>
       <c r="G5" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
     </row>
     <row r="6" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A6" s="13" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="7" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="C6" s="7" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="D6" s="13" t="s">
-        <v>570</v>
+        <v>563</v>
       </c>
       <c r="E6" s="18"/>
       <c r="F6" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G6" s="18"/>
     </row>
     <row r="7" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A7" s="13" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="7" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="C7" s="7" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="D7" s="13" t="s">
         <v>6</v>
       </c>
       <c r="E7" s="18"/>
       <c r="F7" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G7" s="18"/>
     </row>
     <row r="8" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A8" s="13" t="s">
         <v>7</v>
       </c>
       <c r="B8" s="7" t="s">
-        <v>306</v>
+        <v>301</v>
       </c>
       <c r="C8" s="7" t="s">
-        <v>307</v>
+        <v>302</v>
       </c>
       <c r="D8" s="13" t="s">
         <v>8</v>
       </c>
       <c r="E8" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F8" s="18"/>
       <c r="G8" s="18"/>
     </row>
     <row r="9" spans="1:8" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A9" s="13" t="s">
         <v>9</v>
       </c>
       <c r="B9" s="7" t="s">
-        <v>308</v>
+        <v>303</v>
       </c>
       <c r="C9" s="27" t="s">
-        <v>468</v>
+        <v>462</v>
       </c>
       <c r="D9" s="13" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F9" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G9" s="18"/>
     </row>
     <row r="10" spans="1:8" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A10" s="13" t="s">
-        <v>528</v>
+        <v>521</v>
       </c>
       <c r="B10" s="7" t="s">
-        <v>309</v>
-[...2 lines deleted...]
-        <v>530</v>
+        <v>304</v>
+      </c>
+      <c r="C10" s="35" t="s">
+        <v>523</v>
       </c>
       <c r="D10" s="13" t="s">
-        <v>529</v>
+        <v>522</v>
       </c>
       <c r="E10" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F10" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G10" s="18"/>
     </row>
     <row r="11" spans="1:8" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A11" s="13" t="s">
         <v>11</v>
       </c>
       <c r="B11" s="7" t="s">
-        <v>310</v>
+        <v>305</v>
       </c>
       <c r="C11" s="7" t="s">
         <v>12</v>
       </c>
       <c r="D11" s="13" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="18"/>
       <c r="F11" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G11" s="18"/>
     </row>
     <row r="12" spans="1:8" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A12" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B12" s="7" t="s">
-        <v>311</v>
+        <v>306</v>
       </c>
       <c r="C12" s="7" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="D12" s="13" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="E12" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F12" s="18"/>
       <c r="G12" s="18"/>
     </row>
     <row r="13" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A13" s="13" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="B13" s="7" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="C13" s="27" t="s">
-        <v>515</v>
+        <v>509</v>
       </c>
       <c r="D13" s="13" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="E13" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F13" s="18"/>
       <c r="G13" s="18"/>
       <c r="H13" s="41"/>
     </row>
     <row r="14" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A14" s="32" t="s">
-        <v>464</v>
+        <v>458</v>
       </c>
       <c r="B14" s="7" t="s">
-        <v>465</v>
+        <v>459</v>
       </c>
       <c r="C14" s="7" t="s">
-        <v>466</v>
+        <v>460</v>
       </c>
       <c r="D14" s="13" t="s">
-        <v>467</v>
+        <v>461</v>
       </c>
       <c r="E14" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F14" s="18"/>
       <c r="G14" s="18"/>
     </row>
     <row r="15" spans="1:8" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A15" s="13" t="s">
-        <v>470</v>
+        <v>464</v>
       </c>
       <c r="B15" s="7" t="s">
-        <v>312</v>
-[...2 lines deleted...]
-        <v>488</v>
+        <v>307</v>
+      </c>
+      <c r="C15" s="35" t="s">
+        <v>482</v>
       </c>
       <c r="D15" s="13" t="s">
-        <v>469</v>
+        <v>463</v>
       </c>
       <c r="E15" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F15" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G15" s="18"/>
     </row>
     <row r="16" spans="1:8" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A16" s="13" t="s">
-        <v>541</v>
+        <v>534</v>
       </c>
       <c r="B16" s="7" t="s">
-        <v>313</v>
+        <v>308</v>
       </c>
       <c r="C16" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D16" s="13" t="s">
         <v>16</v>
       </c>
       <c r="E16" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F16" s="18"/>
       <c r="G16" s="18"/>
     </row>
     <row r="17" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A17" s="13" t="s">
-        <v>471</v>
+        <v>465</v>
       </c>
       <c r="B17" s="7" t="s">
-        <v>314</v>
+        <v>309</v>
       </c>
       <c r="C17" s="7" t="s">
-        <v>489</v>
+        <v>483</v>
       </c>
       <c r="D17" s="13" t="s">
-        <v>550</v>
+        <v>543</v>
       </c>
       <c r="E17" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F17" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G17" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
     </row>
     <row r="18" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A18" s="13" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="7" t="s">
-        <v>315</v>
+        <v>310</v>
       </c>
       <c r="C18" s="35" t="s">
-        <v>452</v>
+        <v>446</v>
       </c>
       <c r="D18" s="13" t="s">
         <v>20</v>
       </c>
       <c r="E18" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F18" s="18"/>
       <c r="G18" s="18"/>
     </row>
     <row r="19" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A19" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B19" s="7" t="s">
-        <v>316</v>
+        <v>311</v>
       </c>
       <c r="C19" s="27" t="s">
-        <v>453</v>
+        <v>447</v>
       </c>
       <c r="D19" s="13" t="s">
         <v>22</v>
       </c>
       <c r="E19" s="18"/>
       <c r="F19" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G19" s="18"/>
     </row>
     <row r="20" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A20" s="13" t="s">
         <v>23</v>
       </c>
       <c r="B20" s="7" t="s">
-        <v>317</v>
+        <v>312</v>
       </c>
       <c r="C20" s="7" t="s">
         <v>24</v>
       </c>
       <c r="D20" s="13" t="s">
         <v>25</v>
       </c>
       <c r="E20" s="18"/>
       <c r="F20" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G20" s="18"/>
     </row>
     <row r="21" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="B21" s="7" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
       <c r="C21" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D21" s="13" t="s">
         <v>28</v>
       </c>
       <c r="E21" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F21" s="18"/>
       <c r="G21" s="18"/>
     </row>
     <row r="22" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A22" s="13" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="B22" s="7" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="C22" s="35" t="s">
-        <v>554</v>
+        <v>547</v>
       </c>
       <c r="D22" s="13" t="s">
         <v>29</v>
       </c>
       <c r="E22" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F22" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G22" s="18"/>
     </row>
     <row r="23" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A23" s="13" t="s">
         <v>30</v>
       </c>
       <c r="B23" s="7" t="s">
-        <v>320</v>
-[...2 lines deleted...]
-        <v>279</v>
+        <v>315</v>
+      </c>
+      <c r="C23" s="33" t="s">
+        <v>578</v>
       </c>
       <c r="D23" s="13" t="s">
         <v>31</v>
       </c>
       <c r="E23" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F23" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G23" s="18"/>
     </row>
     <row r="24" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A24" s="10" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="B24" s="7" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="C24" s="7" t="s">
-        <v>280</v>
+        <v>275</v>
       </c>
       <c r="D24" s="10" t="s">
         <v>32</v>
       </c>
       <c r="E24" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F24" s="18"/>
       <c r="G24" s="18"/>
     </row>
     <row r="25" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A25" s="9" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="B25" s="7" t="s">
-        <v>323</v>
+        <v>318</v>
       </c>
       <c r="C25" s="27" t="s">
-        <v>516</v>
+        <v>510</v>
       </c>
       <c r="D25" s="9" t="s">
         <v>33</v>
       </c>
       <c r="E25" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F25" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G25" s="18"/>
     </row>
     <row r="26" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A26" s="13" t="s">
         <v>37</v>
       </c>
       <c r="B26" s="7" t="s">
-        <v>324</v>
-[...1 lines deleted...]
-      <c r="C26" s="22" t="s">
+        <v>319</v>
+      </c>
+      <c r="C26" s="7" t="s">
         <v>38</v>
       </c>
       <c r="D26" s="13" t="s">
         <v>39</v>
       </c>
       <c r="E26" s="18"/>
       <c r="F26" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G26" s="18"/>
     </row>
     <row r="27" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A27" s="12" t="s">
         <v>36</v>
       </c>
       <c r="B27" s="7" t="s">
-        <v>325</v>
-[...2 lines deleted...]
-        <v>490</v>
+        <v>320</v>
+      </c>
+      <c r="C27" s="35" t="s">
+        <v>484</v>
       </c>
       <c r="D27" s="13" t="s">
-        <v>326</v>
+        <v>321</v>
       </c>
       <c r="E27" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F27" s="18"/>
       <c r="G27" s="18"/>
     </row>
     <row r="28" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A28" s="13" t="s">
         <v>40</v>
       </c>
       <c r="B28" s="7" t="s">
-        <v>327</v>
+        <v>322</v>
       </c>
       <c r="C28" s="35" t="s">
-        <v>472</v>
+        <v>466</v>
       </c>
       <c r="D28" s="13" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="E28" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F28" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G28" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
     </row>
     <row r="29" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A29" s="12" t="s">
-        <v>328</v>
+        <v>323</v>
       </c>
       <c r="B29" s="7" t="s">
-        <v>329</v>
+        <v>324</v>
       </c>
       <c r="C29" s="27" t="s">
-        <v>491</v>
+        <v>485</v>
       </c>
       <c r="D29" s="13" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="E29" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F29" s="18"/>
       <c r="G29" s="18"/>
     </row>
     <row r="30" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A30" s="13" t="s">
         <v>42</v>
       </c>
       <c r="B30" s="7" t="s">
-        <v>330</v>
+        <v>325</v>
       </c>
       <c r="C30" s="7" t="s">
         <v>43</v>
       </c>
       <c r="D30" s="13" t="s">
         <v>44</v>
       </c>
       <c r="E30" s="20"/>
       <c r="F30" s="18"/>
       <c r="G30" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
     </row>
     <row r="31" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A31" s="13" t="s">
         <v>41</v>
       </c>
       <c r="B31" s="7" t="s">
-        <v>331</v>
+        <v>326</v>
       </c>
       <c r="C31" s="35" t="s">
-        <v>496</v>
+        <v>490</v>
       </c>
       <c r="D31" s="13" t="s">
-        <v>457</v>
+        <v>451</v>
       </c>
       <c r="E31" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F31" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G31" s="18"/>
     </row>
     <row r="32" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A32" s="13" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="B32" s="7" t="s">
-        <v>332</v>
+        <v>327</v>
       </c>
       <c r="C32" s="7" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="D32" s="13" t="s">
-        <v>571</v>
+        <v>564</v>
       </c>
       <c r="E32" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F32" s="18"/>
       <c r="G32" s="18"/>
     </row>
     <row r="33" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A33" s="13" t="s">
         <v>45</v>
       </c>
       <c r="B33" s="7" t="s">
-        <v>333</v>
-[...2 lines deleted...]
-        <v>526</v>
+        <v>328</v>
+      </c>
+      <c r="C33" s="35" t="s">
+        <v>519</v>
       </c>
       <c r="D33" s="13" t="s">
-        <v>531</v>
+        <v>524</v>
       </c>
       <c r="E33" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F33" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G33" s="18"/>
     </row>
     <row r="34" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A34" s="13" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="B34" s="7" t="s">
-        <v>334</v>
-[...2 lines deleted...]
-        <v>568</v>
+        <v>329</v>
+      </c>
+      <c r="C34" s="35" t="s">
+        <v>561</v>
       </c>
       <c r="D34" s="13" t="s">
         <v>46</v>
       </c>
       <c r="E34" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F34" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G34" s="18"/>
     </row>
     <row r="35" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A35" s="13" t="s">
         <v>47</v>
       </c>
       <c r="B35" s="28" t="s">
-        <v>336</v>
-[...2 lines deleted...]
-        <v>337</v>
+        <v>331</v>
+      </c>
+      <c r="C35" s="7" t="s">
+        <v>332</v>
       </c>
       <c r="D35" s="13" t="s">
-        <v>473</v>
+        <v>467</v>
       </c>
       <c r="E35" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F35" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G35" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
     </row>
     <row r="36" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A36" s="13" t="s">
         <v>48</v>
       </c>
       <c r="B36" s="7" t="s">
-        <v>338</v>
-[...2 lines deleted...]
-        <v>510</v>
+        <v>333</v>
+      </c>
+      <c r="C36" s="35" t="s">
+        <v>504</v>
       </c>
       <c r="D36" s="13" t="s">
         <v>49</v>
       </c>
       <c r="E36" s="18"/>
       <c r="F36" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G36" s="18"/>
     </row>
     <row r="37" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A37" s="13" t="s">
         <v>50</v>
       </c>
       <c r="B37" s="7" t="s">
-        <v>339</v>
+        <v>334</v>
       </c>
       <c r="C37" s="39" t="s">
-        <v>525</v>
+        <v>518</v>
       </c>
       <c r="D37" s="13" t="s">
-        <v>572</v>
+        <v>565</v>
       </c>
       <c r="E37" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F37" s="18"/>
       <c r="G37" s="18"/>
     </row>
     <row r="38" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A38" s="13" t="s">
         <v>54</v>
       </c>
       <c r="B38" s="7" t="s">
-        <v>340</v>
+        <v>335</v>
       </c>
       <c r="C38" s="42" t="s">
-        <v>522</v>
+        <v>515</v>
       </c>
       <c r="D38" s="13" t="s">
-        <v>458</v>
+        <v>452</v>
       </c>
       <c r="E38" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F38" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G38" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
     </row>
     <row r="39" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A39" s="13" t="s">
         <v>55</v>
       </c>
       <c r="B39" s="28" t="s">
-        <v>341</v>
+        <v>336</v>
       </c>
       <c r="C39" s="33" t="s">
-        <v>504</v>
+        <v>498</v>
       </c>
       <c r="D39" s="13" t="s">
-        <v>511</v>
+        <v>505</v>
       </c>
       <c r="E39" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F39" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G39" s="18"/>
     </row>
     <row r="40" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A40" s="13" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="B40" s="7" t="s">
-        <v>342</v>
+        <v>337</v>
       </c>
       <c r="C40" s="7" t="s">
         <v>56</v>
       </c>
       <c r="D40" s="13" t="s">
         <v>57</v>
       </c>
       <c r="E40" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F40" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G40" s="18"/>
     </row>
     <row r="41" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A41" s="13" t="s">
-        <v>346</v>
+        <v>341</v>
       </c>
       <c r="B41" s="7" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-        <v>497</v>
+        <v>338</v>
+      </c>
+      <c r="C41" s="7" t="s">
+        <v>491</v>
       </c>
       <c r="D41" s="13" t="s">
-        <v>474</v>
+        <v>468</v>
       </c>
       <c r="E41" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F41" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G41" s="18"/>
     </row>
     <row r="42" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A42" s="10" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="B42" s="7" t="s">
-        <v>344</v>
-[...2 lines deleted...]
-        <v>163</v>
+        <v>339</v>
+      </c>
+      <c r="C42" s="7" t="s">
+        <v>160</v>
       </c>
       <c r="D42" s="10" t="s">
-        <v>509</v>
+        <v>503</v>
       </c>
       <c r="E42" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F42" s="18"/>
       <c r="G42" s="18"/>
     </row>
     <row r="43" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A43" s="10" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B43" s="7" t="s">
-        <v>345</v>
+        <v>340</v>
       </c>
       <c r="C43" s="7" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="D43" s="13" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="E43" s="18"/>
       <c r="F43" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G43" s="18"/>
     </row>
     <row r="44" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A44" s="13" t="s">
         <v>59</v>
       </c>
       <c r="B44" s="7" t="s">
-        <v>347</v>
+        <v>342</v>
       </c>
       <c r="C44" s="7" t="s">
-        <v>498</v>
+        <v>492</v>
       </c>
       <c r="D44" s="13" t="s">
-        <v>60</v>
+        <v>579</v>
       </c>
       <c r="E44" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F44" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G44" s="18"/>
     </row>
     <row r="45" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A45" s="13" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="B45" s="7" t="s">
-        <v>348</v>
+        <v>343</v>
       </c>
       <c r="C45" s="7" t="s">
-        <v>349</v>
+        <v>344</v>
       </c>
       <c r="D45" s="13" t="s">
-        <v>475</v>
+        <v>469</v>
       </c>
       <c r="E45" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F45" s="18"/>
       <c r="G45" s="18"/>
     </row>
     <row r="46" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A46" s="13" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="B46" s="7" t="s">
-        <v>350</v>
+        <v>345</v>
       </c>
       <c r="C46" s="35" t="s">
-        <v>527</v>
+        <v>520</v>
       </c>
       <c r="D46" s="13" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="E46" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F46" s="18"/>
       <c r="G46" s="18"/>
     </row>
     <row r="47" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A47" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="B47" s="7" t="s">
+        <v>346</v>
+      </c>
+      <c r="C47" s="7" t="s">
+        <v>269</v>
+      </c>
+      <c r="D47" s="10" t="s">
         <v>91</v>
-      </c>
-[...7 lines deleted...]
-        <v>92</v>
       </c>
       <c r="E47" s="18"/>
       <c r="F47" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G47" s="18"/>
     </row>
     <row r="48" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A48" s="10" t="s">
-        <v>456</v>
+        <v>450</v>
       </c>
       <c r="B48" s="7" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="C48" s="7" t="s">
-        <v>459</v>
+        <v>453</v>
       </c>
       <c r="D48" s="10" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="E48" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F48" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G48" s="18"/>
     </row>
     <row r="49" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A49" s="9" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="B49" s="7" t="s">
-        <v>352</v>
+        <v>347</v>
       </c>
       <c r="C49" s="22" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="D49" s="13" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="E49" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F49" s="18"/>
       <c r="G49" s="18"/>
     </row>
     <row r="50" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A50" s="13" t="s">
         <v>51</v>
       </c>
       <c r="B50" s="7" t="s">
-        <v>353</v>
+        <v>348</v>
       </c>
       <c r="C50" s="7" t="s">
         <v>52</v>
       </c>
       <c r="D50" s="13" t="s">
         <v>53</v>
       </c>
       <c r="E50" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F50" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G50" s="18"/>
     </row>
     <row r="51" spans="1:7" ht="109.2" x14ac:dyDescent="0.3">
       <c r="A51" s="12" t="s">
-        <v>551</v>
+        <v>544</v>
       </c>
       <c r="B51" s="7" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="C51" s="7" t="s">
-        <v>281</v>
+        <v>276</v>
       </c>
       <c r="D51" s="12" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="E51" s="18"/>
       <c r="F51" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G51" s="18"/>
     </row>
     <row r="52" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A52" s="10" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="B52" s="7" t="s">
-        <v>354</v>
+        <v>349</v>
       </c>
       <c r="C52" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="D52" s="13" t="s">
         <v>82</v>
       </c>
-      <c r="D52" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E52" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F52" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G52" s="18"/>
     </row>
     <row r="53" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A53" s="31" t="s">
+        <v>61</v>
+      </c>
+      <c r="B53" s="7" t="s">
+        <v>350</v>
+      </c>
+      <c r="C53" s="34" t="s">
+        <v>562</v>
+      </c>
+      <c r="D53" s="13" t="s">
         <v>62</v>
-      </c>
-[...7 lines deleted...]
-        <v>63</v>
       </c>
       <c r="E53" s="18"/>
       <c r="F53" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G53" s="18"/>
     </row>
     <row r="54" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A54" s="13" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B54" s="7" t="s">
-        <v>561</v>
+        <v>554</v>
       </c>
       <c r="C54" s="7" t="s">
-        <v>291</v>
+        <v>286</v>
       </c>
       <c r="D54" s="13" t="s">
-        <v>556</v>
+        <v>549</v>
       </c>
       <c r="E54" s="18"/>
       <c r="F54" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G54" s="18"/>
     </row>
     <row r="55" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A55" s="13" t="s">
+        <v>67</v>
+      </c>
+      <c r="B55" s="27" t="s">
+        <v>352</v>
+      </c>
+      <c r="C55" s="7" t="s">
+        <v>272</v>
+      </c>
+      <c r="D55" s="13" t="s">
         <v>68</v>
       </c>
-      <c r="B55" s="27" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E55" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F55" s="18"/>
       <c r="G55" s="18"/>
     </row>
     <row r="56" spans="1:7" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A56" s="12" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="B56" s="7" t="s">
-        <v>358</v>
+        <v>353</v>
       </c>
       <c r="C56" s="7" t="s">
-        <v>359</v>
+        <v>354</v>
       </c>
       <c r="D56" s="12" t="s">
-        <v>361</v>
+        <v>356</v>
       </c>
       <c r="E56" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F56" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G56" s="18"/>
     </row>
     <row r="57" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A57" s="13" t="s">
-        <v>574</v>
+        <v>567</v>
       </c>
       <c r="B57" s="7" t="s">
-        <v>360</v>
+        <v>355</v>
       </c>
       <c r="C57" s="7" t="s">
-        <v>573</v>
+        <v>566</v>
       </c>
       <c r="D57" s="10" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="E57" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F57" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G57" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
     </row>
     <row r="58" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A58" s="10" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="B58" s="7" t="s">
-        <v>362</v>
+        <v>357</v>
       </c>
       <c r="C58" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D58" s="10" t="s">
         <v>89</v>
       </c>
-      <c r="D58" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E58" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F58" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G58" s="18"/>
     </row>
     <row r="59" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A59" s="13" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="B59" s="7" t="s">
-        <v>363</v>
+        <v>358</v>
       </c>
       <c r="C59" s="7" t="s">
-        <v>364</v>
+        <v>359</v>
       </c>
       <c r="D59" s="13" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="E59" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F59" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G59" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
     </row>
     <row r="60" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A60" s="13" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="B60" s="7" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="C60" s="7" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="D60" s="13" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="E60" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F60" s="18"/>
       <c r="G60" s="18"/>
     </row>
     <row r="61" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A61" s="12" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B61" s="7" t="s">
-        <v>562</v>
+        <v>555</v>
       </c>
       <c r="C61" s="7" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="D61" s="13" t="s">
-        <v>476</v>
+        <v>470</v>
       </c>
       <c r="E61" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F61" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G61" s="18"/>
     </row>
     <row r="62" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A62" s="12" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="B62" s="7" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="C62" s="27" t="s">
-        <v>487</v>
+        <v>481</v>
       </c>
       <c r="D62" s="13" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="E62" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F62" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G62" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
     </row>
     <row r="63" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A63" s="12" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="B63" s="7" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="C63" s="7" t="s">
-        <v>499</v>
+        <v>493</v>
       </c>
       <c r="D63" s="13" t="s">
-        <v>548</v>
+        <v>541</v>
       </c>
       <c r="E63" s="18"/>
       <c r="F63" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G63" s="18"/>
     </row>
     <row r="64" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A64" s="9" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="B64" s="7" t="s">
-        <v>369</v>
+        <v>364</v>
       </c>
       <c r="C64" s="7" t="s">
-        <v>290</v>
+        <v>285</v>
       </c>
       <c r="D64" s="13" t="s">
-        <v>297</v>
+        <v>292</v>
       </c>
       <c r="E64" s="18"/>
       <c r="F64" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G64" s="18"/>
     </row>
     <row r="65" spans="1:7" ht="79.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A65" s="12" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="B65" s="7" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
       <c r="C65" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="D65" s="12" t="s">
         <v>75</v>
       </c>
-      <c r="D65" s="12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E65" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F65" s="18"/>
       <c r="G65" s="18"/>
     </row>
     <row r="66" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A66" s="13" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="B66" s="7" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="C66" s="40" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="D66" s="13" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="E66" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F66" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G66" s="18"/>
     </row>
     <row r="67" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A67" s="12" t="s">
-        <v>523</v>
+        <v>516</v>
       </c>
       <c r="B67" s="7" t="s">
-        <v>373</v>
+        <v>368</v>
       </c>
       <c r="C67" s="42" t="s">
-        <v>524</v>
+        <v>517</v>
       </c>
       <c r="D67" s="13" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="E67" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F67" s="18"/>
       <c r="G67" s="18"/>
     </row>
     <row r="68" spans="1:7" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A68" s="12" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="B68" s="7" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="C68" s="7" t="s">
-        <v>454</v>
+        <v>448</v>
       </c>
       <c r="D68" s="13" t="s">
-        <v>557</v>
+        <v>550</v>
       </c>
       <c r="E68" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F68" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G68" s="18"/>
     </row>
     <row r="69" spans="1:7" ht="84.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A69" s="9" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B69" s="7" t="s">
-        <v>375</v>
+        <v>370</v>
       </c>
       <c r="C69" s="8" t="s">
-        <v>492</v>
+        <v>486</v>
       </c>
       <c r="D69" s="9" t="s">
-        <v>478</v>
+        <v>472</v>
       </c>
       <c r="E69" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F69" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G69" s="18"/>
     </row>
     <row r="70" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A70" s="12" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="B70" s="7" t="s">
-        <v>376</v>
+        <v>371</v>
       </c>
       <c r="C70" s="7" t="s">
-        <v>282</v>
+        <v>277</v>
       </c>
       <c r="D70" s="13" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="E70" s="18"/>
       <c r="F70" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G70" s="18"/>
     </row>
     <row r="71" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A71" s="13" t="s">
+        <v>85</v>
+      </c>
+      <c r="B71" s="7" t="s">
+        <v>372</v>
+      </c>
+      <c r="C71" s="22" t="s">
         <v>86</v>
       </c>
-      <c r="B71" s="7" t="s">
-[...2 lines deleted...]
-      <c r="C71" s="22" t="s">
+      <c r="D71" s="13" t="s">
         <v>87</v>
       </c>
-      <c r="D71" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E71" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F71" s="18"/>
       <c r="G71" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
     </row>
     <row r="72" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A72" s="9" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="B72" s="7" t="s">
-        <v>378</v>
+        <v>373</v>
       </c>
       <c r="C72" s="35" t="s">
-        <v>460</v>
+        <v>454</v>
       </c>
       <c r="D72" s="10" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E72" s="18"/>
       <c r="F72" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G72" s="16"/>
     </row>
     <row r="73" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A73" s="9" t="s">
+        <v>93</v>
+      </c>
+      <c r="B73" s="7" t="s">
+        <v>374</v>
+      </c>
+      <c r="C73" s="7" t="s">
+        <v>278</v>
+      </c>
+      <c r="D73" s="10" t="s">
         <v>94</v>
       </c>
-      <c r="B73" s="7" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E73" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F73" s="18"/>
       <c r="G73" s="18"/>
     </row>
     <row r="74" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A74" s="9" t="s">
-        <v>96</v>
+        <v>573</v>
       </c>
       <c r="B74" s="7" t="s">
-        <v>295</v>
+        <v>290</v>
       </c>
       <c r="C74" s="42" t="s">
-        <v>450</v>
+        <v>444</v>
       </c>
       <c r="D74" s="12" t="s">
-        <v>521</v>
+        <v>572</v>
       </c>
       <c r="E74" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F74" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G74" s="18"/>
     </row>
     <row r="75" spans="1:7" ht="78" x14ac:dyDescent="0.3">
       <c r="A75" s="12" t="s">
-        <v>512</v>
+        <v>506</v>
       </c>
       <c r="B75" s="7" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="C75" s="7" t="s">
         <v>34</v>
       </c>
       <c r="D75" s="12" t="s">
         <v>35</v>
       </c>
       <c r="E75" s="18"/>
       <c r="F75" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G75" s="18"/>
     </row>
     <row r="76" spans="1:7" ht="93.6" x14ac:dyDescent="0.3">
       <c r="A76" s="9" t="s">
-        <v>513</v>
+        <v>507</v>
       </c>
       <c r="B76" s="7" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-        <v>493</v>
+        <v>431</v>
+      </c>
+      <c r="C76" s="8" t="s">
+        <v>487</v>
       </c>
       <c r="D76" s="10" t="s">
-        <v>508</v>
+        <v>502</v>
       </c>
       <c r="E76" s="18"/>
       <c r="F76" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G76" s="18"/>
     </row>
     <row r="77" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A77" s="9" t="s">
-        <v>202</v>
-[...5 lines deleted...]
-        <v>579</v>
+        <v>199</v>
+      </c>
+      <c r="B77" s="7" t="s">
+        <v>375</v>
+      </c>
+      <c r="C77" s="35" t="s">
+        <v>571</v>
       </c>
       <c r="D77" s="12" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="E77" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F77" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G77" s="18"/>
     </row>
     <row r="78" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A78" s="12" t="s">
+        <v>95</v>
+      </c>
+      <c r="B78" s="7" t="s">
+        <v>210</v>
+      </c>
+      <c r="C78" s="7" t="s">
+        <v>96</v>
+      </c>
+      <c r="D78" s="13" t="s">
         <v>97</v>
-      </c>
-[...7 lines deleted...]
-        <v>99</v>
       </c>
       <c r="E78" s="18"/>
       <c r="F78" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G78" s="18"/>
     </row>
     <row r="79" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A79" s="12" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="B79" s="7" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="C79" s="22" t="s">
-        <v>284</v>
+        <v>279</v>
       </c>
       <c r="D79" s="13" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="E79" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F79" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G79" s="18"/>
     </row>
     <row r="80" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A80" s="9" t="s">
-        <v>534</v>
+        <v>527</v>
       </c>
       <c r="B80" s="7" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="C80" s="35" t="s">
-        <v>536</v>
+        <v>529</v>
       </c>
       <c r="D80" s="10" t="s">
-        <v>535</v>
+        <v>528</v>
       </c>
       <c r="E80" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F80" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G80" s="18"/>
     </row>
     <row r="81" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A81" s="9" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="B81" s="27" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="C81" s="29" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="D81" s="10" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="E81" s="18"/>
       <c r="F81" s="18"/>
       <c r="G81" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
     </row>
     <row r="82" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A82" s="10" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="B82" s="7" t="s">
-        <v>383</v>
+        <v>378</v>
       </c>
       <c r="C82" s="7" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="D82" s="9" t="s">
-        <v>298</v>
+        <v>293</v>
       </c>
       <c r="E82" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F82" s="18"/>
       <c r="G82" s="18"/>
     </row>
     <row r="83" spans="1:7" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A83" s="13" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="B83" s="7" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="C83" s="22" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="D83" s="9" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="E83" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F83" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G83" s="18"/>
     </row>
     <row r="84" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A84" s="10" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="B84" s="7" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="C84" s="7" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
       <c r="D84" s="10" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="E84" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F84" s="19"/>
       <c r="G84" s="19"/>
     </row>
     <row r="85" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A85" s="10" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="B85" s="7" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="C85" s="7" t="s">
-        <v>292</v>
+        <v>287</v>
       </c>
       <c r="D85" s="12" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="E85" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F85" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G85" s="18"/>
     </row>
     <row r="86" spans="1:7" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A86" s="12" t="s">
-        <v>532</v>
+        <v>525</v>
       </c>
       <c r="B86" s="7" t="s">
-        <v>335</v>
-[...2 lines deleted...]
-        <v>552</v>
+        <v>330</v>
+      </c>
+      <c r="C86" s="34" t="s">
+        <v>545</v>
       </c>
       <c r="D86" s="12" t="s">
-        <v>533</v>
+        <v>526</v>
       </c>
       <c r="E86" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F86" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G86" s="18"/>
     </row>
     <row r="87" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A87" s="10" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="B87" s="7" t="s">
-        <v>388</v>
+        <v>383</v>
       </c>
       <c r="C87" s="7" t="s">
+        <v>231</v>
+      </c>
+      <c r="D87" s="10" t="s">
         <v>235</v>
       </c>
-      <c r="D87" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E87" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F87" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G87" s="18"/>
     </row>
     <row r="88" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A88" s="10" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B88" s="7" t="s">
-        <v>389</v>
+        <v>384</v>
       </c>
       <c r="C88" s="7" t="s">
-        <v>390</v>
+        <v>385</v>
       </c>
       <c r="D88" s="13" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="E88" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F88" s="20"/>
       <c r="G88" s="18"/>
     </row>
     <row r="89" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A89" s="13" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="B89" s="7" t="s">
-        <v>391</v>
+        <v>386</v>
       </c>
       <c r="C89" s="7" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="D89" s="10" t="s">
-        <v>506</v>
+        <v>500</v>
       </c>
       <c r="E89" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F89" s="18"/>
       <c r="G89" s="18"/>
     </row>
     <row r="90" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A90" s="9" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="B90" s="7" t="s">
-        <v>393</v>
+        <v>388</v>
       </c>
       <c r="C90" s="7" t="s">
-        <v>394</v>
+        <v>389</v>
       </c>
       <c r="D90" s="10" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="E90" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F90" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G90" s="18"/>
     </row>
     <row r="91" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A91" s="9" t="s">
-        <v>546</v>
+        <v>539</v>
       </c>
       <c r="B91" s="7" t="s">
-        <v>395</v>
+        <v>390</v>
       </c>
       <c r="C91" s="7" t="s">
-        <v>285</v>
+        <v>280</v>
       </c>
       <c r="D91" s="13" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="E91" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F91" s="19"/>
       <c r="G91" s="16"/>
     </row>
     <row r="92" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A92" s="12" t="s">
-        <v>547</v>
+        <v>540</v>
       </c>
       <c r="B92" s="7" t="s">
-        <v>563</v>
+        <v>556</v>
       </c>
       <c r="C92" s="27" t="s">
-        <v>505</v>
+        <v>499</v>
       </c>
       <c r="D92" s="13" t="s">
-        <v>575</v>
+        <v>568</v>
       </c>
       <c r="E92" s="18"/>
       <c r="F92" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G92" s="18"/>
     </row>
     <row r="93" spans="1:7" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A93" s="12" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="B93" s="7" t="s">
-        <v>564</v>
+        <v>557</v>
       </c>
       <c r="C93" s="35" t="s">
-        <v>555</v>
+        <v>548</v>
       </c>
       <c r="D93" s="13" t="s">
-        <v>495</v>
+        <v>489</v>
       </c>
       <c r="E93" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F93" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G93" s="18"/>
     </row>
     <row r="94" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A94" s="9" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="B94" s="7" t="s">
-        <v>396</v>
-[...2 lines deleted...]
-        <v>507</v>
+        <v>391</v>
+      </c>
+      <c r="C94" s="44" t="s">
+        <v>501</v>
       </c>
       <c r="D94" s="10" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="E94" s="18"/>
       <c r="F94" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G94" s="18"/>
     </row>
     <row r="95" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A95" s="9" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="B95" s="7" t="s">
-        <v>397</v>
+        <v>392</v>
       </c>
       <c r="C95" s="7" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="D95" s="9" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="E95" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F95" s="18"/>
       <c r="G95" s="18"/>
     </row>
     <row r="96" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A96" s="9" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="B96" s="7" t="s">
-        <v>398</v>
+        <v>393</v>
       </c>
       <c r="C96" s="22" t="s">
-        <v>286</v>
+        <v>281</v>
       </c>
       <c r="D96" s="12" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="E96" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F96" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G96" s="18"/>
     </row>
     <row r="97" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A97" s="9" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="B97" s="7" t="s">
-        <v>399</v>
+        <v>394</v>
       </c>
       <c r="C97" s="7" t="s">
-        <v>517</v>
+        <v>511</v>
       </c>
       <c r="D97" s="9" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="E97" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F97" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G97" s="18"/>
     </row>
     <row r="98" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A98" s="12" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="B98" s="7" t="s">
-        <v>400</v>
-[...2 lines deleted...]
-        <v>553</v>
+        <v>395</v>
+      </c>
+      <c r="C98" s="45" t="s">
+        <v>546</v>
       </c>
       <c r="D98" s="13" t="s">
-        <v>576</v>
+        <v>569</v>
       </c>
       <c r="E98" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F98" s="18"/>
       <c r="G98" s="18"/>
     </row>
     <row r="99" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A99" s="12" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="B99" s="7" t="s">
-        <v>518</v>
+        <v>512</v>
       </c>
       <c r="C99" s="7" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="D99" s="12" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="E99" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F99" s="18"/>
       <c r="G99" s="18"/>
     </row>
     <row r="100" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A100" s="13" t="s">
-        <v>537</v>
+        <v>530</v>
       </c>
       <c r="B100" s="7" t="s">
-        <v>539</v>
-[...2 lines deleted...]
-        <v>540</v>
+        <v>532</v>
+      </c>
+      <c r="C100" s="35" t="s">
+        <v>533</v>
       </c>
       <c r="D100" s="13" t="s">
-        <v>538</v>
+        <v>531</v>
       </c>
       <c r="E100" s="18"/>
       <c r="F100" s="18"/>
       <c r="G100" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
     </row>
     <row r="101" spans="1:7" ht="71.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A101" s="10" t="s">
+        <v>119</v>
+      </c>
+      <c r="B101" s="7" t="s">
+        <v>397</v>
+      </c>
+      <c r="C101" s="8" t="s">
+        <v>120</v>
+      </c>
+      <c r="D101" s="13" t="s">
         <v>121</v>
       </c>
-      <c r="B101" s="7" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E101" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F101" s="18"/>
       <c r="G101" s="18"/>
     </row>
     <row r="102" spans="1:7" ht="71.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A102" s="10" t="s">
-        <v>542</v>
+        <v>535</v>
       </c>
       <c r="B102" s="7" t="s">
-        <v>322</v>
-[...2 lines deleted...]
-        <v>219</v>
+        <v>317</v>
+      </c>
+      <c r="C102" s="43" t="s">
+        <v>216</v>
       </c>
       <c r="D102" s="13" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="E102" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F102" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G102" s="18"/>
     </row>
     <row r="103" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A103" s="10" t="s">
-        <v>543</v>
+        <v>536</v>
       </c>
       <c r="B103" s="7" t="s">
-        <v>356</v>
+        <v>351</v>
       </c>
       <c r="C103" s="7" t="s">
+        <v>64</v>
+      </c>
+      <c r="D103" s="10" t="s">
         <v>65</v>
       </c>
-      <c r="D103" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E103" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F103" s="18"/>
       <c r="G103" s="18"/>
     </row>
     <row r="104" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A104" s="12" t="s">
-        <v>544</v>
+        <v>537</v>
       </c>
       <c r="B104" s="7" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
       <c r="C104" s="7" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D104" s="13" t="s">
-        <v>294</v>
+        <v>289</v>
       </c>
       <c r="E104" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F104" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G104" s="18"/>
     </row>
     <row r="105" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A105" s="9" t="s">
-        <v>545</v>
+        <v>538</v>
       </c>
       <c r="B105" s="7" t="s">
-        <v>392</v>
+        <v>387</v>
       </c>
       <c r="C105" s="7" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="D105" s="13" t="s">
-        <v>479</v>
+        <v>473</v>
       </c>
       <c r="E105" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F105" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G105" s="18"/>
     </row>
     <row r="106" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A106" s="9" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="B106" s="7" t="s">
-        <v>403</v>
+        <v>398</v>
       </c>
       <c r="C106" s="7" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="D106" s="9" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="E106" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F106" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G106" s="18"/>
     </row>
     <row r="107" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A107" s="9" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="B107" s="7" t="s">
-        <v>405</v>
-[...2 lines deleted...]
-        <v>125</v>
+        <v>400</v>
+      </c>
+      <c r="C107" s="35" t="s">
+        <v>574</v>
       </c>
       <c r="D107" s="9" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="E107" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F107" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G107" s="18"/>
     </row>
     <row r="108" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A108" s="9" t="s">
-        <v>577</v>
+        <v>570</v>
       </c>
       <c r="B108" s="7" t="s">
-        <v>406</v>
-[...2 lines deleted...]
-        <v>407</v>
+        <v>401</v>
+      </c>
+      <c r="C108" s="7" t="s">
+        <v>402</v>
       </c>
       <c r="D108" s="9" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="E108" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F108" s="18"/>
       <c r="G108" s="18"/>
     </row>
     <row r="109" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A109" s="9" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="B109" s="7" t="s">
-        <v>408</v>
+        <v>403</v>
       </c>
       <c r="C109" s="7" t="s">
-        <v>500</v>
+        <v>494</v>
       </c>
       <c r="D109" s="9" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="E109" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F109" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G109" s="18"/>
     </row>
     <row r="110" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A110" s="9" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="B110" s="7" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="C110" s="36" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="D110" s="9" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="E110" s="18"/>
       <c r="F110" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G110" s="18"/>
     </row>
     <row r="111" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A111" s="9" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="B111" s="7" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="C111" s="7" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="D111" s="9" t="s">
-        <v>462</v>
+        <v>456</v>
       </c>
       <c r="E111" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F111" s="18"/>
       <c r="G111" s="18"/>
     </row>
     <row r="112" spans="1:7" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A112" s="9" t="s">
-        <v>299</v>
+        <v>294</v>
       </c>
       <c r="B112" s="28" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
       <c r="C112" s="7" t="s">
-        <v>501</v>
+        <v>495</v>
       </c>
       <c r="D112" s="13" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="E112" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F112" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G112" s="19"/>
     </row>
     <row r="113" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A113" s="9" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="B113" s="7" t="s">
-        <v>411</v>
+        <v>406</v>
       </c>
       <c r="C113" s="7" t="s">
-        <v>287</v>
+        <v>282</v>
       </c>
       <c r="D113" s="10" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="E113" s="18"/>
       <c r="F113" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G113" s="18"/>
     </row>
     <row r="114" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A114" s="9" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="B114" s="29" t="s">
-        <v>411</v>
+        <v>406</v>
       </c>
       <c r="C114" s="7" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="D114" s="13" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="E114" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F114" s="18"/>
       <c r="G114" s="18"/>
     </row>
     <row r="115" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A115" s="9" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="B115" s="7" t="s">
-        <v>565</v>
+        <v>558</v>
       </c>
       <c r="C115" s="7" t="s">
-        <v>412</v>
+        <v>407</v>
       </c>
       <c r="D115" s="9" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="E115" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F115" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G115" s="18"/>
     </row>
     <row r="116" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A116" s="9" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="B116" s="7" t="s">
-        <v>413</v>
+        <v>408</v>
       </c>
       <c r="C116" s="7" t="s">
-        <v>414</v>
+        <v>409</v>
       </c>
       <c r="D116" s="9" t="s">
-        <v>560</v>
+        <v>553</v>
       </c>
       <c r="E116" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F116" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G116" s="18"/>
     </row>
     <row r="117" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A117" s="9" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="B117" s="7" t="s">
-        <v>415</v>
+        <v>410</v>
       </c>
       <c r="C117" s="7" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="D117" s="9" t="s">
-        <v>480</v>
+        <v>474</v>
       </c>
       <c r="E117" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F117" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G117" s="18"/>
     </row>
     <row r="118" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A118" s="9" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="B118" s="7" t="s">
-        <v>416</v>
+        <v>411</v>
       </c>
       <c r="C118" s="7" t="s">
-        <v>502</v>
+        <v>496</v>
       </c>
       <c r="D118" s="13" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="E118" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F118" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G118" s="18"/>
     </row>
     <row r="119" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A119" s="9" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="B119" s="7" t="s">
-        <v>417</v>
+        <v>412</v>
       </c>
       <c r="C119" s="7" t="s">
-        <v>418</v>
+        <v>413</v>
       </c>
       <c r="D119" s="9" t="s">
-        <v>481</v>
+        <v>475</v>
       </c>
       <c r="E119" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F119" s="18"/>
       <c r="G119" s="18"/>
     </row>
     <row r="120" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A120" s="9" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="B120" s="7" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="C120" s="22" t="s">
-        <v>483</v>
+        <v>477</v>
       </c>
       <c r="D120" s="13" t="s">
-        <v>482</v>
+        <v>476</v>
       </c>
       <c r="E120" s="18"/>
       <c r="F120" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G120" s="18"/>
     </row>
     <row r="121" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A121" s="9" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="B121" s="7" t="s">
-        <v>420</v>
-[...2 lines deleted...]
-        <v>514</v>
+        <v>415</v>
+      </c>
+      <c r="C121" s="27" t="s">
+        <v>508</v>
       </c>
       <c r="D121" s="9" t="s">
-        <v>484</v>
+        <v>478</v>
       </c>
       <c r="E121" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F121" s="18"/>
       <c r="G121" s="18"/>
     </row>
     <row r="122" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A122" s="10" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="B122" s="7" t="s">
-        <v>421</v>
+        <v>416</v>
       </c>
       <c r="C122" s="7" t="s">
-        <v>451</v>
+        <v>445</v>
       </c>
       <c r="D122" s="12" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="E122" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F122" s="18"/>
       <c r="G122" s="18"/>
     </row>
     <row r="123" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A123" s="10" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="B123" s="7" t="s">
-        <v>422</v>
+        <v>417</v>
       </c>
       <c r="C123" s="7" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="D123" s="10" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="E123" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F123" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G123" s="18"/>
     </row>
     <row r="124" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A124" s="10" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="B124" s="7" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="C124" s="7" t="s">
-        <v>424</v>
+        <v>419</v>
       </c>
       <c r="D124" s="9" t="s">
-        <v>485</v>
+        <v>479</v>
       </c>
       <c r="E124" s="18"/>
       <c r="F124" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G124" s="18"/>
     </row>
     <row r="125" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A125" s="9" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="B125" s="7" t="s">
-        <v>425</v>
+        <v>420</v>
       </c>
       <c r="C125" s="7" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="D125" s="9" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="E125" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F125" s="18"/>
       <c r="G125" s="18"/>
     </row>
     <row r="126" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A126" s="9" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="B126" s="7" t="s">
-        <v>426</v>
+        <v>421</v>
       </c>
       <c r="C126" s="7" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="D126" s="9" t="s">
-        <v>300</v>
+        <v>295</v>
       </c>
       <c r="E126" s="18"/>
       <c r="F126" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G126" s="18"/>
     </row>
     <row r="127" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A127" s="9" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="B127" s="7" t="s">
-        <v>427</v>
+        <v>422</v>
       </c>
       <c r="C127" s="7" t="s">
-        <v>288</v>
+        <v>283</v>
       </c>
       <c r="D127" s="13" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="E127" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F127" s="18"/>
       <c r="G127" s="18"/>
     </row>
     <row r="128" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A128" s="9" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="B128" s="7" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="C128" s="7" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="D128" s="13" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="E128" s="18"/>
       <c r="F128" s="18"/>
       <c r="G128" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
     </row>
     <row r="129" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A129" s="9" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="B129" s="7" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="C129" s="7" t="s">
-        <v>429</v>
+        <v>424</v>
       </c>
       <c r="D129" s="9" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="E129" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F129" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G129" s="18"/>
     </row>
     <row r="130" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A130" s="9" t="s">
-        <v>432</v>
+        <v>427</v>
       </c>
       <c r="B130" s="27" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
       <c r="C130" s="8" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="D130" s="12" t="s">
-        <v>558</v>
+        <v>551</v>
       </c>
       <c r="E130" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F130" s="18"/>
       <c r="G130" s="18"/>
     </row>
     <row r="131" spans="1:7" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A131" s="9" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="B131" s="7" t="s">
-        <v>433</v>
+        <v>428</v>
       </c>
       <c r="C131" s="7" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="D131" s="9" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="E131" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F131" s="18"/>
       <c r="G131" s="18"/>
     </row>
     <row r="132" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A132" s="9" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="B132" s="7" t="s">
-        <v>434</v>
+        <v>429</v>
       </c>
       <c r="C132" s="7" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="D132" s="9" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="E132" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F132" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G132" s="18"/>
     </row>
     <row r="133" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A133" s="9" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="B133" s="7" t="s">
-        <v>435</v>
+        <v>430</v>
       </c>
       <c r="C133" s="8" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="D133" s="9" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="E133" s="18"/>
       <c r="F133" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G133" s="18"/>
     </row>
     <row r="134" spans="1:7" ht="93.6" x14ac:dyDescent="0.3">
       <c r="A134" s="9" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="B134" s="7" t="s">
-        <v>437</v>
-[...2 lines deleted...]
-        <v>494</v>
+        <v>432</v>
+      </c>
+      <c r="C134" s="34" t="s">
+        <v>488</v>
       </c>
       <c r="D134" s="12" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="E134" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F134" s="18"/>
       <c r="G134" s="18"/>
     </row>
     <row r="135" spans="1:7" ht="49.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A135" s="12" t="s">
-        <v>438</v>
+        <v>433</v>
       </c>
       <c r="B135" s="30" t="s">
-        <v>566</v>
+        <v>559</v>
       </c>
       <c r="C135" s="7" t="s">
-        <v>439</v>
+        <v>575</v>
       </c>
       <c r="D135" s="12" t="s">
         <v>58</v>
       </c>
       <c r="E135" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F135" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G135" s="18"/>
     </row>
     <row r="136" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A136" s="9" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="B136" s="7" t="s">
-        <v>440</v>
-[...2 lines deleted...]
-        <v>232</v>
+        <v>434</v>
+      </c>
+      <c r="C136" s="33" t="s">
+        <v>576</v>
       </c>
       <c r="D136" s="9" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="E136" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F136" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G136" s="18"/>
     </row>
     <row r="137" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A137" s="12" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="B137" s="7" t="s">
-        <v>567</v>
+        <v>560</v>
       </c>
       <c r="C137" s="7" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="D137" s="13" t="s">
-        <v>463</v>
+        <v>457</v>
       </c>
       <c r="E137" s="18"/>
       <c r="F137" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G137" s="18"/>
     </row>
     <row r="138" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A138" s="9" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="B138" s="7" t="s">
-        <v>441</v>
+        <v>435</v>
       </c>
       <c r="C138" s="7" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="D138" s="10" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="E138" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F138" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G138" s="18"/>
     </row>
     <row r="139" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A139" s="9" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="B139" s="7" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="C139" s="8" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="D139" s="9" t="s">
-        <v>486</v>
+        <v>480</v>
       </c>
       <c r="E139" s="18"/>
       <c r="F139" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G139" s="18"/>
     </row>
     <row r="140" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A140" s="9" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="B140" s="7" t="s">
-        <v>442</v>
+        <v>436</v>
       </c>
       <c r="C140" s="7" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="D140" s="9" t="s">
-        <v>549</v>
+        <v>542</v>
       </c>
       <c r="E140" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F140" s="18"/>
       <c r="G140" s="18"/>
     </row>
     <row r="141" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A141" s="9" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="B141" s="7" t="s">
-        <v>443</v>
+        <v>437</v>
       </c>
       <c r="C141" s="7" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="D141" s="9" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="E141" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F141" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G141" s="18"/>
     </row>
     <row r="142" spans="1:7" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A142" s="12" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="B142" s="7" t="s">
-        <v>444</v>
+        <v>438</v>
       </c>
       <c r="C142" s="7" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="D142" s="13" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="E142" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F142" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G142" s="18"/>
     </row>
     <row r="143" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A143" s="9" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="B143" s="7" t="s">
-        <v>445</v>
+        <v>439</v>
       </c>
       <c r="C143" s="7" t="s">
-        <v>446</v>
+        <v>440</v>
       </c>
       <c r="D143" s="9" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="E143" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F143" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G143" s="18"/>
     </row>
     <row r="144" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A144" s="13" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="B144" s="7" t="s">
-        <v>447</v>
+        <v>441</v>
       </c>
       <c r="C144" s="22" t="s">
-        <v>503</v>
+        <v>497</v>
       </c>
       <c r="D144" s="13" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="E144" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F144" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G144" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
     </row>
     <row r="145" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A145" s="13" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="B145" s="7" t="s">
-        <v>448</v>
+        <v>442</v>
       </c>
       <c r="C145" s="7" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="D145" s="13" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="E145" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F145" s="18"/>
       <c r="G145" s="18"/>
     </row>
     <row r="146" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A146" s="13" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="B146" s="7" t="s">
-        <v>449</v>
+        <v>443</v>
       </c>
       <c r="C146" s="7" t="s">
-        <v>289</v>
+        <v>284</v>
       </c>
       <c r="D146" s="13" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="E146" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F146" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G146" s="18" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
     </row>
     <row r="147" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A147" s="21"/>
       <c r="B147" s="22"/>
       <c r="C147" s="33"/>
       <c r="D147" s="21"/>
       <c r="E147" s="23"/>
       <c r="F147" s="23"/>
       <c r="G147" s="23"/>
     </row>
     <row r="148" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A148" s="24"/>
       <c r="B148" s="22"/>
       <c r="C148" s="33"/>
       <c r="D148" s="21"/>
       <c r="E148" s="23"/>
       <c r="F148" s="23"/>
       <c r="G148" s="23"/>
     </row>
     <row r="149" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A149" s="4"/>
       <c r="B149" s="5"/>
       <c r="C149" s="37"/>
       <c r="D149" s="4"/>
@@ -5984,54 +5978,53 @@
     <row r="347" spans="3:3" x14ac:dyDescent="0.3">
       <c r="C347" s="33"/>
     </row>
     <row r="348" spans="3:3" x14ac:dyDescent="0.3">
       <c r="C348" s="33"/>
     </row>
     <row r="349" spans="3:3" x14ac:dyDescent="0.3">
       <c r="C349" s="33"/>
     </row>
   </sheetData>
   <autoFilter ref="A3:G146" xr:uid="{00000000-0009-0000-0000-000000000000}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:G146">
       <sortCondition ref="A3:A146"/>
     </sortState>
   </autoFilter>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:G146">
     <sortCondition ref="A4:A146"/>
   </sortState>
   <mergeCells count="2">
     <mergeCell ref="E2:G2"/>
     <mergeCell ref="A1:G1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="C110" r:id="rId1" display="mailto:salacgrivas.makslas.skola@limbazunovads.lv" xr:uid="{D2E49870-DE3A-4400-BBAB-4A8D05AF0EE7}"/>
     <hyperlink ref="C98" r:id="rId2" xr:uid="{F8833171-3588-4A0E-A8DA-A012351A8A5D}"/>
-    <hyperlink ref="C77" r:id="rId3" xr:uid="{088E39FF-E11C-462D-93C3-71DC95528AA6}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" verticalDpi="360" r:id="rId4"/>
+  <pageSetup paperSize="9" orientation="portrait" verticalDpi="360" r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Darblapas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>skolas</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>