--- v2 (2025-12-29)
+++ v3 (2026-01-19)
@@ -5,61 +5,61 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://kultura-my.sharepoint.com/personal/mara_kalve_kultura_lv/Documents/MAJASLAPA/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="41" documentId="8_{B127DD42-0380-49FD-B13D-A415A2F0EEEB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{8CEDC36B-5282-4961-8EA8-A93CB015E6C1}"/>
+  <xr:revisionPtr revIDLastSave="45" documentId="8_{B127DD42-0380-49FD-B13D-A415A2F0EEEB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{48B73602-6028-42D1-800C-FA28B530000D}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="skolas" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">skolas!$A$3:$G$146</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="162913" iterateDelta="1E-4"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="797" uniqueCount="580">
   <si>
     <t>Izglītības iestāde</t>
   </si>
   <si>
     <t>Adrese</t>
   </si>
   <si>
     <t>Direktors</t>
   </si>
   <si>
     <t>Aglonas bazilikas Kora skola</t>
   </si>
   <si>
     <t>Aizkraukles Mākslas skola</t>
   </si>
   <si>
     <t>Aizputes Mākslas skola</t>
   </si>
   <si>
     <t>Armands Ausmanis</t>
@@ -391,53 +391,50 @@
   <si>
     <t>Inita Rubeze</t>
   </si>
   <si>
     <t>bjmk@inbox.lv</t>
   </si>
   <si>
     <t>Jāzepa Mediņa Rīgas 1.mūzikas skola</t>
   </si>
   <si>
     <t>jmr1ms@riga.lv</t>
   </si>
   <si>
     <t>Rīgas 3.mūzikas skola</t>
   </si>
   <si>
     <t>r3ms@riga.lv</t>
   </si>
   <si>
     <t>Kārlis Beinerts</t>
   </si>
   <si>
     <t>Rojas Mūzikas un Mākslas skola</t>
   </si>
   <si>
-    <t>Daiga Jankovska</t>
-[...1 lines deleted...]
-  <si>
     <t>Sabiles Mūzikas un mākslas skola</t>
   </si>
   <si>
     <t>Zinta Ošenberga</t>
   </si>
   <si>
     <t>Salacgrīvas Mākslas skola</t>
   </si>
   <si>
     <t>Imants Klīdzējs</t>
   </si>
   <si>
     <t>Salacgrīvas novada Mūzikas skola</t>
   </si>
   <si>
     <t>salmuzskola@inbox.lv</t>
   </si>
   <si>
     <t>Saldus Mākslas skola</t>
   </si>
   <si>
     <t>Saldus Mūzikas skola</t>
   </si>
   <si>
     <t>Salgales Mūzikas un mākslas skola</t>
@@ -1425,53 +1422,50 @@
   <si>
     <t>Skolas iela 5A, Durbe, Dienvidkurzemes novads, LV-3440</t>
   </si>
   <si>
     <t>durbes.skola@dkn.lv</t>
   </si>
   <si>
     <t>Kristīne Bruzule</t>
   </si>
   <si>
     <t>alojas.mms@limbazunovads.lv</t>
   </si>
   <si>
     <t>Vija Kursiete</t>
   </si>
   <si>
     <t>Auces Mūzikas un mākslas skola</t>
   </si>
   <si>
     <t>Ādažu novada Mākslu skola</t>
   </si>
   <si>
     <t>dundagasmms@talsi.lv</t>
   </si>
   <si>
-    <t>Eva Krastiņa-Pucena</t>
-[...1 lines deleted...]
-  <si>
     <t>Daina Klints</t>
   </si>
   <si>
     <t>Diāna Virse</t>
   </si>
   <si>
     <t>Ērika Zarovska</t>
   </si>
   <si>
     <t>Krāslavas novada Mūzikas un mākslas skola</t>
   </si>
   <si>
     <t>Līga Ruciņa</t>
   </si>
   <si>
     <t>Vita Zemture</t>
   </si>
   <si>
     <t>Jolanta Bimbere</t>
   </si>
   <si>
     <t>Antra Zuntnere</t>
   </si>
   <si>
     <t>Vineta Balode</t>
@@ -1762,50 +1756,56 @@
     <t xml:space="preserve">info@malpilsmms.lv </t>
   </si>
   <si>
     <t>Zaiga Ivana</t>
   </si>
   <si>
     <t>Mazsalacas Mūzikas un mākslas pamatskola</t>
   </si>
   <si>
     <t>ropazu.mms@edu.ropazi.lv</t>
   </si>
   <si>
     <t>vangazu.mms@edu.ropazi.lv</t>
   </si>
   <si>
     <t>varaklanumakslasskola@madona.edu.lv</t>
   </si>
   <si>
     <t>Pašvaldību un privātas izglītības iestādes, kas īsteno profesionālās ievirzes mūzikas, mākslas un dejas izglītības programmas 10.12.2025.</t>
   </si>
   <si>
     <t xml:space="preserve">bergu.pamatskola@edu.ropazi.lv </t>
   </si>
   <si>
     <t>Sandis Bārdiņš</t>
+  </si>
+  <si>
+    <t>Zane Rence</t>
+  </si>
+  <si>
+    <t>p.i. Agnese Spridzāne</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
@@ -2406,2972 +2406,2972 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kulturaspatnis@patnis.lv" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:salacgrivas.makslas.skola@limbazunovads.lv" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:H349"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
-      <pane ySplit="3" topLeftCell="A101" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="N42" sqref="N42"/>
+      <pane ySplit="3" topLeftCell="A138" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="T111" sqref="T111"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="23.109375" customWidth="1"/>
     <col min="2" max="2" width="27.109375" customWidth="1"/>
     <col min="3" max="3" width="36.109375" style="38" customWidth="1"/>
     <col min="4" max="4" width="19.88671875" customWidth="1"/>
     <col min="5" max="5" width="9.44140625" customWidth="1"/>
     <col min="6" max="6" width="11.109375" customWidth="1"/>
     <col min="7" max="7" width="11" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="59.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="47" t="s">
-        <v>577</v>
+        <v>575</v>
       </c>
       <c r="B1" s="47"/>
       <c r="C1" s="47"/>
       <c r="D1" s="47"/>
       <c r="E1" s="47"/>
       <c r="F1" s="47"/>
       <c r="G1" s="47"/>
     </row>
     <row r="2" spans="1:8" ht="63" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="15" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="14" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="14" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="D2" s="14" t="s">
         <v>2</v>
       </c>
       <c r="E2" s="46" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="F2" s="46"/>
       <c r="G2" s="46"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A3" s="15"/>
       <c r="B3" s="14"/>
       <c r="C3" s="14"/>
       <c r="D3" s="14"/>
       <c r="E3" s="17" t="s">
+        <v>253</v>
+      </c>
+      <c r="F3" s="17" t="s">
         <v>254</v>
       </c>
-      <c r="F3" s="17" t="s">
+      <c r="G3" s="17" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="4" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A4" s="13" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="7" t="s">
+        <v>296</v>
+      </c>
+      <c r="C4" s="7" t="s">
         <v>297</v>
       </c>
-      <c r="C4" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D4" s="11" t="s">
-        <v>552</v>
+        <v>550</v>
       </c>
       <c r="E4" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F4" s="18"/>
       <c r="G4" s="18"/>
     </row>
     <row r="5" spans="1:8" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A5" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="26" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="C5" s="7" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="D5" s="13" t="s">
         <v>18</v>
       </c>
       <c r="E5" s="18"/>
       <c r="F5" s="18"/>
       <c r="G5" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
     </row>
     <row r="6" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A6" s="13" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="7" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C6" s="7" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="D6" s="13" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
       <c r="E6" s="18"/>
       <c r="F6" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G6" s="18"/>
     </row>
     <row r="7" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A7" s="13" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="7" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="C7" s="7" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="D7" s="13" t="s">
         <v>6</v>
       </c>
       <c r="E7" s="18"/>
       <c r="F7" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G7" s="18"/>
     </row>
     <row r="8" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A8" s="13" t="s">
         <v>7</v>
       </c>
       <c r="B8" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="C8" s="7" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
       <c r="D8" s="13" t="s">
         <v>8</v>
       </c>
       <c r="E8" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F8" s="18"/>
       <c r="G8" s="18"/>
     </row>
     <row r="9" spans="1:8" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A9" s="13" t="s">
         <v>9</v>
       </c>
       <c r="B9" s="7" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="C9" s="27" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="D9" s="13" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F9" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G9" s="18"/>
     </row>
     <row r="10" spans="1:8" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A10" s="13" t="s">
+        <v>519</v>
+      </c>
+      <c r="B10" s="7" t="s">
+        <v>303</v>
+      </c>
+      <c r="C10" s="35" t="s">
         <v>521</v>
       </c>
-      <c r="B10" s="7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D10" s="13" t="s">
-        <v>522</v>
+        <v>520</v>
       </c>
       <c r="E10" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F10" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G10" s="18"/>
     </row>
     <row r="11" spans="1:8" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A11" s="13" t="s">
         <v>11</v>
       </c>
       <c r="B11" s="7" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="C11" s="7" t="s">
         <v>12</v>
       </c>
       <c r="D11" s="13" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="18"/>
       <c r="F11" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G11" s="18"/>
     </row>
     <row r="12" spans="1:8" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A12" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B12" s="7" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="C12" s="7" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="D12" s="13" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="E12" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F12" s="18"/>
       <c r="G12" s="18"/>
     </row>
     <row r="13" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A13" s="13" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="B13" s="7" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="C13" s="27" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="D13" s="13" t="s">
         <v>63</v>
       </c>
       <c r="E13" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F13" s="18"/>
       <c r="G13" s="18"/>
       <c r="H13" s="41"/>
     </row>
     <row r="14" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A14" s="32" t="s">
+        <v>457</v>
+      </c>
+      <c r="B14" s="7" t="s">
         <v>458</v>
       </c>
-      <c r="B14" s="7" t="s">
+      <c r="C14" s="7" t="s">
         <v>459</v>
       </c>
-      <c r="C14" s="7" t="s">
+      <c r="D14" s="13" t="s">
         <v>460</v>
       </c>
-      <c r="D14" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E14" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F14" s="18"/>
       <c r="G14" s="18"/>
     </row>
     <row r="15" spans="1:8" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A15" s="13" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="B15" s="7" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="C15" s="35" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="D15" s="13" t="s">
-        <v>463</v>
+        <v>462</v>
       </c>
       <c r="E15" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F15" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G15" s="18"/>
     </row>
     <row r="16" spans="1:8" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A16" s="13" t="s">
-        <v>534</v>
+        <v>532</v>
       </c>
       <c r="B16" s="7" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="C16" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D16" s="13" t="s">
         <v>16</v>
       </c>
       <c r="E16" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F16" s="18"/>
       <c r="G16" s="18"/>
     </row>
-    <row r="17" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A17" s="13" t="s">
-        <v>465</v>
+        <v>464</v>
       </c>
       <c r="B17" s="7" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="C17" s="7" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="D17" s="13" t="s">
-        <v>543</v>
+        <v>541</v>
       </c>
       <c r="E17" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F17" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G17" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
     </row>
     <row r="18" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A18" s="13" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="7" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="C18" s="35" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="D18" s="13" t="s">
         <v>20</v>
       </c>
       <c r="E18" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F18" s="18"/>
       <c r="G18" s="18"/>
     </row>
     <row r="19" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A19" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B19" s="7" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="C19" s="27" t="s">
-        <v>447</v>
+        <v>446</v>
       </c>
       <c r="D19" s="13" t="s">
         <v>22</v>
       </c>
       <c r="E19" s="18"/>
       <c r="F19" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G19" s="18"/>
     </row>
     <row r="20" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A20" s="13" t="s">
         <v>23</v>
       </c>
       <c r="B20" s="7" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="C20" s="7" t="s">
         <v>24</v>
       </c>
       <c r="D20" s="13" t="s">
         <v>25</v>
       </c>
       <c r="E20" s="18"/>
       <c r="F20" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G20" s="18"/>
     </row>
     <row r="21" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="B21" s="7" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="C21" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D21" s="13" t="s">
         <v>28</v>
       </c>
       <c r="E21" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F21" s="18"/>
       <c r="G21" s="18"/>
     </row>
     <row r="22" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A22" s="13" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="B22" s="7" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="C22" s="35" t="s">
-        <v>547</v>
+        <v>545</v>
       </c>
       <c r="D22" s="13" t="s">
         <v>29</v>
       </c>
       <c r="E22" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F22" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G22" s="18"/>
     </row>
     <row r="23" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A23" s="13" t="s">
         <v>30</v>
       </c>
       <c r="B23" s="7" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="C23" s="33" t="s">
-        <v>578</v>
+        <v>576</v>
       </c>
       <c r="D23" s="13" t="s">
         <v>31</v>
       </c>
       <c r="E23" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F23" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G23" s="18"/>
     </row>
     <row r="24" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A24" s="10" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="B24" s="7" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="C24" s="7" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="D24" s="10" t="s">
         <v>32</v>
       </c>
       <c r="E24" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F24" s="18"/>
       <c r="G24" s="18"/>
     </row>
     <row r="25" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A25" s="9" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="B25" s="7" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="C25" s="27" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="D25" s="9" t="s">
         <v>33</v>
       </c>
       <c r="E25" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F25" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G25" s="18"/>
     </row>
     <row r="26" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A26" s="13" t="s">
         <v>37</v>
       </c>
       <c r="B26" s="7" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="C26" s="7" t="s">
         <v>38</v>
       </c>
       <c r="D26" s="13" t="s">
         <v>39</v>
       </c>
       <c r="E26" s="18"/>
       <c r="F26" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G26" s="18"/>
     </row>
     <row r="27" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A27" s="12" t="s">
         <v>36</v>
       </c>
       <c r="B27" s="7" t="s">
+        <v>319</v>
+      </c>
+      <c r="C27" s="35" t="s">
+        <v>482</v>
+      </c>
+      <c r="D27" s="13" t="s">
         <v>320</v>
       </c>
-      <c r="C27" s="35" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E27" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F27" s="18"/>
       <c r="G27" s="18"/>
     </row>
     <row r="28" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A28" s="13" t="s">
         <v>40</v>
       </c>
       <c r="B28" s="7" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="C28" s="35" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="D28" s="13" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="E28" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F28" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G28" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
     </row>
     <row r="29" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A29" s="12" t="s">
+        <v>322</v>
+      </c>
+      <c r="B29" s="7" t="s">
         <v>323</v>
       </c>
-      <c r="B29" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="27" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="D29" s="13" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="E29" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F29" s="18"/>
       <c r="G29" s="18"/>
     </row>
     <row r="30" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A30" s="13" t="s">
         <v>42</v>
       </c>
       <c r="B30" s="7" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="C30" s="7" t="s">
         <v>43</v>
       </c>
       <c r="D30" s="13" t="s">
         <v>44</v>
       </c>
       <c r="E30" s="20"/>
       <c r="F30" s="18"/>
       <c r="G30" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
     </row>
     <row r="31" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A31" s="13" t="s">
         <v>41</v>
       </c>
       <c r="B31" s="7" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="C31" s="35" t="s">
-        <v>490</v>
+        <v>488</v>
       </c>
       <c r="D31" s="13" t="s">
-        <v>451</v>
+        <v>450</v>
       </c>
       <c r="E31" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F31" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G31" s="18"/>
     </row>
     <row r="32" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A32" s="13" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B32" s="7" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="C32" s="7" t="s">
         <v>73</v>
       </c>
       <c r="D32" s="13" t="s">
-        <v>564</v>
+        <v>562</v>
       </c>
       <c r="E32" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F32" s="18"/>
       <c r="G32" s="18"/>
     </row>
     <row r="33" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A33" s="13" t="s">
         <v>45</v>
       </c>
       <c r="B33" s="7" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="C33" s="35" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="D33" s="13" t="s">
-        <v>524</v>
+        <v>522</v>
       </c>
       <c r="E33" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F33" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G33" s="18"/>
     </row>
     <row r="34" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A34" s="13" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="B34" s="7" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="C34" s="35" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="D34" s="13" t="s">
         <v>46</v>
       </c>
       <c r="E34" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F34" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G34" s="18"/>
     </row>
     <row r="35" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A35" s="13" t="s">
         <v>47</v>
       </c>
       <c r="B35" s="28" t="s">
+        <v>330</v>
+      </c>
+      <c r="C35" s="7" t="s">
         <v>331</v>
       </c>
-      <c r="C35" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D35" s="13" t="s">
-        <v>467</v>
+        <v>578</v>
       </c>
       <c r="E35" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F35" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G35" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
     </row>
     <row r="36" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A36" s="13" t="s">
         <v>48</v>
       </c>
       <c r="B36" s="7" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="C36" s="35" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="D36" s="13" t="s">
         <v>49</v>
       </c>
       <c r="E36" s="18"/>
       <c r="F36" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G36" s="18"/>
     </row>
     <row r="37" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A37" s="13" t="s">
         <v>50</v>
       </c>
       <c r="B37" s="7" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="C37" s="39" t="s">
-        <v>518</v>
+        <v>516</v>
       </c>
       <c r="D37" s="13" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="E37" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F37" s="18"/>
       <c r="G37" s="18"/>
     </row>
     <row r="38" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A38" s="13" t="s">
         <v>54</v>
       </c>
       <c r="B38" s="7" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C38" s="42" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="D38" s="13" t="s">
-        <v>452</v>
+        <v>451</v>
       </c>
       <c r="E38" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F38" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G38" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
     </row>
     <row r="39" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A39" s="13" t="s">
         <v>55</v>
       </c>
       <c r="B39" s="28" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="C39" s="33" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="D39" s="13" t="s">
-        <v>505</v>
+        <v>503</v>
       </c>
       <c r="E39" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F39" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G39" s="18"/>
     </row>
     <row r="40" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A40" s="13" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="B40" s="7" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="C40" s="7" t="s">
         <v>56</v>
       </c>
       <c r="D40" s="13" t="s">
         <v>57</v>
       </c>
       <c r="E40" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F40" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G40" s="18"/>
     </row>
     <row r="41" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A41" s="13" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="B41" s="7" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="C41" s="7" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="D41" s="13" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="E41" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F41" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G41" s="18"/>
     </row>
     <row r="42" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A42" s="10" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="B42" s="7" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="C42" s="7" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="D42" s="10" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="E42" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F42" s="18"/>
       <c r="G42" s="18"/>
     </row>
     <row r="43" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A43" s="10" t="s">
         <v>84</v>
       </c>
       <c r="B43" s="7" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="C43" s="7" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="D43" s="13" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="E43" s="18"/>
       <c r="F43" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G43" s="18"/>
     </row>
     <row r="44" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A44" s="13" t="s">
         <v>59</v>
       </c>
       <c r="B44" s="7" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="C44" s="7" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="D44" s="13" t="s">
-        <v>579</v>
+        <v>577</v>
       </c>
       <c r="E44" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F44" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G44" s="18"/>
     </row>
     <row r="45" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A45" s="13" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="B45" s="7" t="s">
+        <v>342</v>
+      </c>
+      <c r="C45" s="7" t="s">
         <v>343</v>
       </c>
-      <c r="C45" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D45" s="13" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="E45" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F45" s="18"/>
       <c r="G45" s="18"/>
     </row>
     <row r="46" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A46" s="13" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="B46" s="7" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="C46" s="35" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="D46" s="13" t="s">
         <v>92</v>
       </c>
       <c r="E46" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F46" s="18"/>
       <c r="G46" s="18"/>
     </row>
     <row r="47" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A47" s="10" t="s">
         <v>90</v>
       </c>
       <c r="B47" s="7" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="C47" s="7" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="D47" s="10" t="s">
         <v>91</v>
       </c>
       <c r="E47" s="18"/>
       <c r="F47" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G47" s="18"/>
     </row>
     <row r="48" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A48" s="10" t="s">
-        <v>450</v>
+        <v>449</v>
       </c>
       <c r="B48" s="7" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="C48" s="7" t="s">
-        <v>453</v>
+        <v>452</v>
       </c>
       <c r="D48" s="10" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="E48" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F48" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G48" s="18"/>
     </row>
     <row r="49" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A49" s="9" t="s">
         <v>117</v>
       </c>
       <c r="B49" s="7" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="C49" s="22" t="s">
         <v>118</v>
       </c>
       <c r="D49" s="13" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="E49" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F49" s="18"/>
       <c r="G49" s="18"/>
     </row>
     <row r="50" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A50" s="13" t="s">
         <v>51</v>
       </c>
       <c r="B50" s="7" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="C50" s="7" t="s">
         <v>52</v>
       </c>
       <c r="D50" s="13" t="s">
         <v>53</v>
       </c>
       <c r="E50" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F50" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G50" s="18"/>
     </row>
     <row r="51" spans="1:7" ht="109.2" x14ac:dyDescent="0.3">
       <c r="A51" s="12" t="s">
-        <v>544</v>
+        <v>542</v>
       </c>
       <c r="B51" s="7" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="C51" s="7" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="D51" s="12" t="s">
         <v>60</v>
       </c>
       <c r="E51" s="18"/>
       <c r="F51" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G51" s="18"/>
     </row>
     <row r="52" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A52" s="10" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="B52" s="7" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
       <c r="C52" s="7" t="s">
         <v>81</v>
       </c>
       <c r="D52" s="13" t="s">
         <v>82</v>
       </c>
       <c r="E52" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F52" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G52" s="18"/>
     </row>
     <row r="53" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A53" s="31" t="s">
         <v>61</v>
       </c>
       <c r="B53" s="7" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="C53" s="34" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="D53" s="13" t="s">
         <v>62</v>
       </c>
       <c r="E53" s="18"/>
       <c r="F53" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G53" s="18"/>
     </row>
     <row r="54" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A54" s="13" t="s">
         <v>66</v>
       </c>
       <c r="B54" s="7" t="s">
-        <v>554</v>
+        <v>552</v>
       </c>
       <c r="C54" s="7" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="D54" s="13" t="s">
-        <v>549</v>
+        <v>547</v>
       </c>
       <c r="E54" s="18"/>
       <c r="F54" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G54" s="18"/>
     </row>
     <row r="55" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A55" s="13" t="s">
         <v>67</v>
       </c>
       <c r="B55" s="27" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="C55" s="7" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="D55" s="13" t="s">
         <v>68</v>
       </c>
       <c r="E55" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F55" s="18"/>
       <c r="G55" s="18"/>
     </row>
     <row r="56" spans="1:7" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A56" s="12" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="B56" s="7" t="s">
+        <v>352</v>
+      </c>
+      <c r="C56" s="7" t="s">
         <v>353</v>
       </c>
-      <c r="C56" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D56" s="12" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="E56" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F56" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G56" s="18"/>
     </row>
     <row r="57" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A57" s="13" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="B57" s="7" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
       <c r="C57" s="7" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="D57" s="10" t="s">
         <v>69</v>
       </c>
       <c r="E57" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F57" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G57" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
     </row>
     <row r="58" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A58" s="10" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="B58" s="7" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="C58" s="7" t="s">
         <v>88</v>
       </c>
       <c r="D58" s="10" t="s">
         <v>89</v>
       </c>
       <c r="E58" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F58" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G58" s="18"/>
     </row>
     <row r="59" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A59" s="13" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="B59" s="7" t="s">
+        <v>357</v>
+      </c>
+      <c r="C59" s="7" t="s">
         <v>358</v>
-      </c>
-[...1 lines deleted...]
-        <v>359</v>
       </c>
       <c r="D59" s="13" t="s">
         <v>70</v>
       </c>
       <c r="E59" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F59" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G59" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
     </row>
     <row r="60" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A60" s="13" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="B60" s="7" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="C60" s="7" t="s">
         <v>71</v>
       </c>
       <c r="D60" s="13" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="E60" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F60" s="18"/>
       <c r="G60" s="18"/>
     </row>
     <row r="61" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A61" s="12" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="B61" s="7" t="s">
-        <v>555</v>
+        <v>553</v>
       </c>
       <c r="C61" s="7" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="D61" s="13" t="s">
-        <v>470</v>
+        <v>468</v>
       </c>
       <c r="E61" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F61" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G61" s="18"/>
     </row>
     <row r="62" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A62" s="12" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="B62" s="7" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="C62" s="27" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="D62" s="13" t="s">
         <v>72</v>
       </c>
       <c r="E62" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F62" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G62" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
     </row>
     <row r="63" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A63" s="12" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="B63" s="7" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="C63" s="7" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="D63" s="13" t="s">
-        <v>541</v>
+        <v>539</v>
       </c>
       <c r="E63" s="18"/>
       <c r="F63" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G63" s="18"/>
     </row>
     <row r="64" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A64" s="9" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="B64" s="7" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
       <c r="C64" s="7" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="D64" s="13" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="E64" s="18"/>
       <c r="F64" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G64" s="18"/>
     </row>
     <row r="65" spans="1:7" ht="79.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A65" s="12" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="B65" s="7" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="C65" s="7" t="s">
         <v>74</v>
       </c>
       <c r="D65" s="12" t="s">
         <v>75</v>
       </c>
       <c r="E65" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F65" s="18"/>
       <c r="G65" s="18"/>
     </row>
     <row r="66" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A66" s="13" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="B66" s="7" t="s">
-        <v>367</v>
+        <v>366</v>
       </c>
       <c r="C66" s="40" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="D66" s="13" t="s">
         <v>78</v>
       </c>
       <c r="E66" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F66" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G66" s="18"/>
     </row>
     <row r="67" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A67" s="12" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="B67" s="7" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="C67" s="42" t="s">
-        <v>517</v>
+        <v>515</v>
       </c>
       <c r="D67" s="13" t="s">
         <v>79</v>
       </c>
       <c r="E67" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F67" s="18"/>
       <c r="G67" s="18"/>
     </row>
     <row r="68" spans="1:7" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A68" s="12" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B68" s="7" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="C68" s="7" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="D68" s="13" t="s">
-        <v>550</v>
+        <v>548</v>
       </c>
       <c r="E68" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F68" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G68" s="18"/>
     </row>
     <row r="69" spans="1:7" ht="84.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A69" s="9" t="s">
         <v>80</v>
       </c>
       <c r="B69" s="7" t="s">
-        <v>370</v>
+        <v>369</v>
       </c>
       <c r="C69" s="8" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="D69" s="9" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="E69" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F69" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G69" s="18"/>
     </row>
     <row r="70" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A70" s="12" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B70" s="7" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
       <c r="C70" s="7" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="D70" s="13" t="s">
         <v>83</v>
       </c>
       <c r="E70" s="18"/>
       <c r="F70" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G70" s="18"/>
     </row>
     <row r="71" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A71" s="13" t="s">
         <v>85</v>
       </c>
       <c r="B71" s="7" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="C71" s="22" t="s">
         <v>86</v>
       </c>
       <c r="D71" s="13" t="s">
         <v>87</v>
       </c>
       <c r="E71" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F71" s="18"/>
       <c r="G71" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
     </row>
     <row r="72" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A72" s="9" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="B72" s="7" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="C72" s="35" t="s">
-        <v>454</v>
+        <v>453</v>
       </c>
       <c r="D72" s="10" t="s">
         <v>77</v>
       </c>
       <c r="E72" s="18"/>
       <c r="F72" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G72" s="16"/>
     </row>
     <row r="73" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A73" s="9" t="s">
         <v>93</v>
       </c>
       <c r="B73" s="7" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="C73" s="7" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="D73" s="10" t="s">
         <v>94</v>
       </c>
       <c r="E73" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F73" s="18"/>
       <c r="G73" s="18"/>
     </row>
-    <row r="74" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
+    <row r="74" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A74" s="9" t="s">
-        <v>573</v>
+        <v>571</v>
       </c>
       <c r="B74" s="7" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="C74" s="42" t="s">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="D74" s="12" t="s">
-        <v>572</v>
+        <v>570</v>
       </c>
       <c r="E74" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F74" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G74" s="18"/>
     </row>
     <row r="75" spans="1:7" ht="78" x14ac:dyDescent="0.3">
       <c r="A75" s="12" t="s">
-        <v>506</v>
+        <v>504</v>
       </c>
       <c r="B75" s="7" t="s">
-        <v>396</v>
+        <v>395</v>
       </c>
       <c r="C75" s="7" t="s">
         <v>34</v>
       </c>
       <c r="D75" s="12" t="s">
         <v>35</v>
       </c>
       <c r="E75" s="18"/>
       <c r="F75" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G75" s="18"/>
     </row>
     <row r="76" spans="1:7" ht="93.6" x14ac:dyDescent="0.3">
       <c r="A76" s="9" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="B76" s="7" t="s">
-        <v>431</v>
+        <v>430</v>
       </c>
       <c r="C76" s="8" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="D76" s="10" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="E76" s="18"/>
       <c r="F76" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G76" s="18"/>
     </row>
     <row r="77" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A77" s="9" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B77" s="7" t="s">
-        <v>375</v>
+        <v>374</v>
       </c>
       <c r="C77" s="35" t="s">
-        <v>571</v>
+        <v>569</v>
       </c>
       <c r="D77" s="12" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="E77" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F77" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G77" s="18"/>
     </row>
     <row r="78" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A78" s="12" t="s">
         <v>95</v>
       </c>
       <c r="B78" s="7" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="C78" s="7" t="s">
         <v>96</v>
       </c>
       <c r="D78" s="13" t="s">
         <v>97</v>
       </c>
       <c r="E78" s="18"/>
       <c r="F78" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G78" s="18"/>
     </row>
     <row r="79" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A79" s="12" t="s">
         <v>98</v>
       </c>
       <c r="B79" s="7" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="C79" s="22" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="D79" s="13" t="s">
         <v>99</v>
       </c>
       <c r="E79" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F79" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G79" s="18"/>
     </row>
     <row r="80" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A80" s="9" t="s">
+        <v>525</v>
+      </c>
+      <c r="B80" s="7" t="s">
+        <v>375</v>
+      </c>
+      <c r="C80" s="35" t="s">
         <v>527</v>
       </c>
-      <c r="B80" s="7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D80" s="10" t="s">
-        <v>528</v>
+        <v>526</v>
       </c>
       <c r="E80" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F80" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G80" s="18"/>
     </row>
     <row r="81" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A81" s="9" t="s">
+        <v>248</v>
+      </c>
+      <c r="B81" s="27" t="s">
+        <v>376</v>
+      </c>
+      <c r="C81" s="29" t="s">
         <v>249</v>
       </c>
-      <c r="B81" s="27" t="s">
-[...2 lines deleted...]
-      <c r="C81" s="29" t="s">
+      <c r="D81" s="10" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
       <c r="E81" s="18"/>
       <c r="F81" s="18"/>
       <c r="G81" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
     </row>
     <row r="82" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A82" s="10" t="s">
+        <v>219</v>
+      </c>
+      <c r="B82" s="7" t="s">
+        <v>377</v>
+      </c>
+      <c r="C82" s="7" t="s">
         <v>220</v>
       </c>
-      <c r="B82" s="7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D82" s="9" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="E82" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F82" s="18"/>
       <c r="G82" s="18"/>
     </row>
     <row r="83" spans="1:7" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A83" s="13" t="s">
         <v>100</v>
       </c>
       <c r="B83" s="7" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
       <c r="C83" s="22" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="D83" s="9" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="E83" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F83" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G83" s="18"/>
     </row>
     <row r="84" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A84" s="10" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B84" s="7" t="s">
+        <v>379</v>
+      </c>
+      <c r="C84" s="7" t="s">
         <v>380</v>
-      </c>
-[...1 lines deleted...]
-        <v>381</v>
       </c>
       <c r="D84" s="10" t="s">
         <v>101</v>
       </c>
       <c r="E84" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F84" s="19"/>
       <c r="G84" s="19"/>
     </row>
     <row r="85" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A85" s="10" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="B85" s="7" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="C85" s="7" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="D85" s="12" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="E85" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F85" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G85" s="18"/>
     </row>
     <row r="86" spans="1:7" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A86" s="12" t="s">
-        <v>525</v>
+        <v>523</v>
       </c>
       <c r="B86" s="7" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="C86" s="34" t="s">
-        <v>545</v>
+        <v>543</v>
       </c>
       <c r="D86" s="12" t="s">
-        <v>526</v>
+        <v>524</v>
       </c>
       <c r="E86" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F86" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G86" s="18"/>
     </row>
     <row r="87" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A87" s="10" t="s">
         <v>102</v>
       </c>
       <c r="B87" s="7" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="C87" s="7" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="D87" s="10" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="E87" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F87" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G87" s="18"/>
     </row>
     <row r="88" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A88" s="10" t="s">
         <v>103</v>
       </c>
       <c r="B88" s="7" t="s">
+        <v>383</v>
+      </c>
+      <c r="C88" s="7" t="s">
         <v>384</v>
       </c>
-      <c r="C88" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D88" s="13" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="E88" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F88" s="20"/>
       <c r="G88" s="18"/>
     </row>
     <row r="89" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A89" s="13" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="B89" s="7" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="C89" s="7" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="D89" s="10" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="E89" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F89" s="18"/>
       <c r="G89" s="18"/>
     </row>
     <row r="90" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A90" s="9" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="B90" s="7" t="s">
+        <v>387</v>
+      </c>
+      <c r="C90" s="7" t="s">
         <v>388</v>
-      </c>
-[...1 lines deleted...]
-        <v>389</v>
       </c>
       <c r="D90" s="10" t="s">
         <v>105</v>
       </c>
       <c r="E90" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F90" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G90" s="18"/>
     </row>
     <row r="91" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A91" s="9" t="s">
-        <v>539</v>
+        <v>537</v>
       </c>
       <c r="B91" s="7" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="C91" s="7" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="D91" s="13" t="s">
         <v>106</v>
       </c>
       <c r="E91" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F91" s="19"/>
       <c r="G91" s="16"/>
     </row>
     <row r="92" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A92" s="12" t="s">
-        <v>540</v>
+        <v>538</v>
       </c>
       <c r="B92" s="7" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="C92" s="27" t="s">
-        <v>499</v>
+        <v>497</v>
       </c>
       <c r="D92" s="13" t="s">
-        <v>568</v>
+        <v>566</v>
       </c>
       <c r="E92" s="18"/>
       <c r="F92" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G92" s="18"/>
     </row>
     <row r="93" spans="1:7" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A93" s="12" t="s">
         <v>107</v>
       </c>
       <c r="B93" s="7" t="s">
-        <v>557</v>
+        <v>555</v>
       </c>
       <c r="C93" s="35" t="s">
-        <v>548</v>
+        <v>546</v>
       </c>
       <c r="D93" s="13" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="E93" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F93" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G93" s="18"/>
     </row>
     <row r="94" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A94" s="9" t="s">
         <v>111</v>
       </c>
       <c r="B94" s="7" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="C94" s="44" t="s">
-        <v>501</v>
+        <v>499</v>
       </c>
       <c r="D94" s="10" t="s">
         <v>112</v>
       </c>
       <c r="E94" s="18"/>
       <c r="F94" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G94" s="18"/>
     </row>
     <row r="95" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A95" s="9" t="s">
         <v>109</v>
       </c>
       <c r="B95" s="7" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="C95" s="7" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="D95" s="9" t="s">
         <v>110</v>
       </c>
       <c r="E95" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F95" s="18"/>
       <c r="G95" s="18"/>
     </row>
     <row r="96" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A96" s="9" t="s">
         <v>113</v>
       </c>
       <c r="B96" s="7" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="C96" s="22" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="D96" s="12" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="E96" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F96" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G96" s="18"/>
     </row>
     <row r="97" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A97" s="9" t="s">
         <v>114</v>
       </c>
       <c r="B97" s="7" t="s">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="C97" s="7" t="s">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="D97" s="9" t="s">
         <v>115</v>
       </c>
       <c r="E97" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F97" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G97" s="18"/>
     </row>
     <row r="98" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A98" s="12" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="B98" s="7" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
       <c r="C98" s="45" t="s">
-        <v>546</v>
+        <v>544</v>
       </c>
       <c r="D98" s="13" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
       <c r="E98" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F98" s="18"/>
       <c r="G98" s="18"/>
     </row>
     <row r="99" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A99" s="12" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="B99" s="7" t="s">
-        <v>512</v>
+        <v>510</v>
       </c>
       <c r="C99" s="7" t="s">
         <v>116</v>
       </c>
       <c r="D99" s="12" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E99" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F99" s="18"/>
       <c r="G99" s="18"/>
     </row>
     <row r="100" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A100" s="13" t="s">
+        <v>528</v>
+      </c>
+      <c r="B100" s="7" t="s">
         <v>530</v>
       </c>
-      <c r="B100" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C100" s="35" t="s">
-        <v>533</v>
+        <v>531</v>
       </c>
       <c r="D100" s="13" t="s">
-        <v>531</v>
+        <v>529</v>
       </c>
       <c r="E100" s="18"/>
       <c r="F100" s="18"/>
       <c r="G100" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
     </row>
     <row r="101" spans="1:7" ht="71.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A101" s="10" t="s">
         <v>119</v>
       </c>
       <c r="B101" s="7" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
       <c r="C101" s="8" t="s">
         <v>120</v>
       </c>
       <c r="D101" s="13" t="s">
         <v>121</v>
       </c>
       <c r="E101" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F101" s="18"/>
       <c r="G101" s="18"/>
     </row>
     <row r="102" spans="1:7" ht="71.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A102" s="10" t="s">
-        <v>535</v>
+        <v>533</v>
       </c>
       <c r="B102" s="7" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="C102" s="43" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="D102" s="13" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="E102" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F102" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G102" s="18"/>
     </row>
     <row r="103" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A103" s="10" t="s">
-        <v>536</v>
+        <v>534</v>
       </c>
       <c r="B103" s="7" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="C103" s="7" t="s">
         <v>64</v>
       </c>
       <c r="D103" s="10" t="s">
         <v>65</v>
       </c>
       <c r="E103" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F103" s="18"/>
       <c r="G103" s="18"/>
     </row>
     <row r="104" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A104" s="12" t="s">
-        <v>537</v>
+        <v>535</v>
       </c>
       <c r="B104" s="7" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
       <c r="C104" s="7" t="s">
         <v>76</v>
       </c>
       <c r="D104" s="13" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="E104" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F104" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G104" s="18"/>
     </row>
     <row r="105" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A105" s="9" t="s">
-        <v>538</v>
+        <v>536</v>
       </c>
       <c r="B105" s="7" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C105" s="7" t="s">
         <v>104</v>
       </c>
       <c r="D105" s="13" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="E105" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F105" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G105" s="18"/>
     </row>
     <row r="106" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A106" s="9" t="s">
         <v>122</v>
       </c>
       <c r="B106" s="7" t="s">
+        <v>397</v>
+      </c>
+      <c r="C106" s="7" t="s">
         <v>398</v>
       </c>
-      <c r="C106" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D106" s="9" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="E106" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F106" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G106" s="18"/>
     </row>
     <row r="107" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A107" s="9" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="B107" s="7" t="s">
-        <v>400</v>
+        <v>399</v>
       </c>
       <c r="C107" s="35" t="s">
-        <v>574</v>
+        <v>572</v>
       </c>
       <c r="D107" s="9" t="s">
-        <v>123</v>
+        <v>579</v>
       </c>
       <c r="E107" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F107" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G107" s="18"/>
     </row>
     <row r="108" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A108" s="9" t="s">
-        <v>570</v>
+        <v>568</v>
       </c>
       <c r="B108" s="7" t="s">
+        <v>400</v>
+      </c>
+      <c r="C108" s="7" t="s">
         <v>401</v>
       </c>
-      <c r="C108" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D108" s="9" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="E108" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F108" s="18"/>
       <c r="G108" s="18"/>
     </row>
     <row r="109" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A109" s="9" t="s">
+        <v>123</v>
+      </c>
+      <c r="B109" s="7" t="s">
+        <v>402</v>
+      </c>
+      <c r="C109" s="7" t="s">
+        <v>492</v>
+      </c>
+      <c r="D109" s="9" t="s">
         <v>124</v>
       </c>
-      <c r="B109" s="7" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E109" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F109" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G109" s="18"/>
     </row>
     <row r="110" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A110" s="9" t="s">
+        <v>125</v>
+      </c>
+      <c r="B110" s="7" t="s">
+        <v>403</v>
+      </c>
+      <c r="C110" s="36" t="s">
+        <v>448</v>
+      </c>
+      <c r="D110" s="9" t="s">
         <v>126</v>
-      </c>
-[...7 lines deleted...]
-        <v>127</v>
       </c>
       <c r="E110" s="18"/>
       <c r="F110" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G110" s="18"/>
     </row>
     <row r="111" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A111" s="9" t="s">
+        <v>127</v>
+      </c>
+      <c r="B111" s="7" t="s">
+        <v>403</v>
+      </c>
+      <c r="C111" s="7" t="s">
         <v>128</v>
       </c>
-      <c r="B111" s="7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D111" s="9" t="s">
-        <v>456</v>
+        <v>455</v>
       </c>
       <c r="E111" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F111" s="18"/>
       <c r="G111" s="18"/>
     </row>
     <row r="112" spans="1:7" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A112" s="9" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="B112" s="28" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="C112" s="7" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="D112" s="13" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="E112" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F112" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G112" s="19"/>
     </row>
     <row r="113" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A113" s="9" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B113" s="7" t="s">
-        <v>406</v>
+        <v>405</v>
       </c>
       <c r="C113" s="7" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="D113" s="10" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="E113" s="18"/>
       <c r="F113" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G113" s="18"/>
     </row>
     <row r="114" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A114" s="9" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="B114" s="29" t="s">
-        <v>406</v>
+        <v>405</v>
       </c>
       <c r="C114" s="7" t="s">
+        <v>231</v>
+      </c>
+      <c r="D114" s="13" t="s">
         <v>232</v>
       </c>
-      <c r="D114" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E114" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F114" s="18"/>
       <c r="G114" s="18"/>
     </row>
     <row r="115" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A115" s="9" t="s">
+        <v>131</v>
+      </c>
+      <c r="B115" s="7" t="s">
+        <v>556</v>
+      </c>
+      <c r="C115" s="7" t="s">
+        <v>406</v>
+      </c>
+      <c r="D115" s="9" t="s">
         <v>132</v>
       </c>
-      <c r="B115" s="7" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E115" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F115" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G115" s="18"/>
     </row>
     <row r="116" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A116" s="9" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="B116" s="7" t="s">
+        <v>407</v>
+      </c>
+      <c r="C116" s="7" t="s">
         <v>408</v>
       </c>
-      <c r="C116" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D116" s="9" t="s">
-        <v>553</v>
+        <v>551</v>
       </c>
       <c r="E116" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F116" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G116" s="18"/>
     </row>
     <row r="117" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A117" s="9" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="B117" s="7" t="s">
-        <v>410</v>
+        <v>409</v>
       </c>
       <c r="C117" s="7" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="D117" s="9" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="E117" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F117" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G117" s="18"/>
     </row>
     <row r="118" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A118" s="9" t="s">
+        <v>134</v>
+      </c>
+      <c r="B118" s="7" t="s">
+        <v>410</v>
+      </c>
+      <c r="C118" s="7" t="s">
+        <v>494</v>
+      </c>
+      <c r="D118" s="13" t="s">
         <v>135</v>
       </c>
-      <c r="B118" s="7" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E118" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F118" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G118" s="18"/>
     </row>
     <row r="119" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A119" s="9" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="B119" s="7" t="s">
+        <v>411</v>
+      </c>
+      <c r="C119" s="7" t="s">
         <v>412</v>
       </c>
-      <c r="C119" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D119" s="9" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="E119" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F119" s="18"/>
       <c r="G119" s="18"/>
     </row>
     <row r="120" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A120" s="9" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="B120" s="7" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
       <c r="C120" s="22" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
       <c r="D120" s="13" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="E120" s="18"/>
       <c r="F120" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G120" s="18"/>
     </row>
     <row r="121" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A121" s="9" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B121" s="7" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="C121" s="27" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="D121" s="9" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="E121" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F121" s="18"/>
       <c r="G121" s="18"/>
     </row>
     <row r="122" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A122" s="10" t="s">
+        <v>140</v>
+      </c>
+      <c r="B122" s="7" t="s">
+        <v>415</v>
+      </c>
+      <c r="C122" s="7" t="s">
+        <v>444</v>
+      </c>
+      <c r="D122" s="12" t="s">
         <v>141</v>
       </c>
-      <c r="B122" s="7" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E122" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F122" s="18"/>
       <c r="G122" s="18"/>
     </row>
     <row r="123" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A123" s="10" t="s">
+        <v>142</v>
+      </c>
+      <c r="B123" s="7" t="s">
+        <v>416</v>
+      </c>
+      <c r="C123" s="7" t="s">
         <v>143</v>
       </c>
-      <c r="B123" s="7" t="s">
-[...2 lines deleted...]
-      <c r="C123" s="7" t="s">
+      <c r="D123" s="10" t="s">
         <v>144</v>
       </c>
-      <c r="D123" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E123" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F123" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G123" s="18"/>
     </row>
     <row r="124" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A124" s="10" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="B124" s="7" t="s">
+        <v>417</v>
+      </c>
+      <c r="C124" s="7" t="s">
         <v>418</v>
       </c>
-      <c r="C124" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D124" s="9" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="E124" s="18"/>
       <c r="F124" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G124" s="18"/>
     </row>
     <row r="125" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A125" s="9" t="s">
+        <v>146</v>
+      </c>
+      <c r="B125" s="7" t="s">
+        <v>419</v>
+      </c>
+      <c r="C125" s="7" t="s">
         <v>147</v>
       </c>
-      <c r="B125" s="7" t="s">
-[...2 lines deleted...]
-      <c r="C125" s="7" t="s">
+      <c r="D125" s="9" t="s">
         <v>148</v>
       </c>
-      <c r="D125" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E125" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F125" s="18"/>
       <c r="G125" s="18"/>
     </row>
     <row r="126" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A126" s="9" t="s">
+        <v>149</v>
+      </c>
+      <c r="B126" s="7" t="s">
+        <v>420</v>
+      </c>
+      <c r="C126" s="7" t="s">
         <v>150</v>
       </c>
-      <c r="B126" s="7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D126" s="9" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="E126" s="18"/>
       <c r="F126" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G126" s="18"/>
     </row>
     <row r="127" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A127" s="9" t="s">
+        <v>151</v>
+      </c>
+      <c r="B127" s="7" t="s">
+        <v>421</v>
+      </c>
+      <c r="C127" s="7" t="s">
+        <v>282</v>
+      </c>
+      <c r="D127" s="13" t="s">
         <v>152</v>
       </c>
-      <c r="B127" s="7" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E127" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F127" s="18"/>
       <c r="G127" s="18"/>
     </row>
     <row r="128" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A128" s="9" t="s">
+        <v>257</v>
+      </c>
+      <c r="B128" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="C128" s="7" t="s">
+        <v>259</v>
+      </c>
+      <c r="D128" s="13" t="s">
         <v>258</v>
-      </c>
-[...7 lines deleted...]
-        <v>259</v>
       </c>
       <c r="E128" s="18"/>
       <c r="F128" s="18"/>
       <c r="G128" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
     </row>
     <row r="129" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A129" s="9" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="B129" s="7" t="s">
+        <v>422</v>
+      </c>
+      <c r="C129" s="7" t="s">
         <v>423</v>
       </c>
-      <c r="C129" s="7" t="s">
+      <c r="D129" s="9" t="s">
+        <v>425</v>
+      </c>
+      <c r="E129" s="18" t="s">
+        <v>295</v>
+      </c>
+      <c r="F129" s="18" t="s">
+        <v>295</v>
+      </c>
+      <c r="G129" s="18"/>
+    </row>
+    <row r="130" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="A130" s="9" t="s">
+        <v>426</v>
+      </c>
+      <c r="B130" s="27" t="s">
         <v>424</v>
       </c>
-      <c r="D129" s="9" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="C130" s="8" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="D130" s="12" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="E130" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F130" s="18"/>
       <c r="G130" s="18"/>
     </row>
     <row r="131" spans="1:7" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A131" s="9" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="B131" s="7" t="s">
-        <v>428</v>
+        <v>427</v>
       </c>
       <c r="C131" s="7" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="D131" s="9" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="E131" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F131" s="18"/>
       <c r="G131" s="18"/>
     </row>
     <row r="132" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A132" s="9" t="s">
+        <v>157</v>
+      </c>
+      <c r="B132" s="7" t="s">
+        <v>428</v>
+      </c>
+      <c r="C132" s="7" t="s">
+        <v>213</v>
+      </c>
+      <c r="D132" s="9" t="s">
         <v>158</v>
       </c>
-      <c r="B132" s="7" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E132" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F132" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G132" s="18"/>
     </row>
     <row r="133" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A133" s="9" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="B133" s="7" t="s">
-        <v>430</v>
+        <v>429</v>
       </c>
       <c r="C133" s="8" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D133" s="9" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="E133" s="18"/>
       <c r="F133" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G133" s="18"/>
     </row>
     <row r="134" spans="1:7" ht="93.6" x14ac:dyDescent="0.3">
       <c r="A134" s="9" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="B134" s="7" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="C134" s="34" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
       <c r="D134" s="12" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="E134" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F134" s="18"/>
       <c r="G134" s="18"/>
     </row>
     <row r="135" spans="1:7" ht="49.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A135" s="12" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="B135" s="30" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="C135" s="7" t="s">
-        <v>575</v>
+        <v>573</v>
       </c>
       <c r="D135" s="12" t="s">
         <v>58</v>
       </c>
       <c r="E135" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F135" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G135" s="18"/>
     </row>
     <row r="136" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A136" s="9" t="s">
+        <v>160</v>
+      </c>
+      <c r="B136" s="7" t="s">
+        <v>433</v>
+      </c>
+      <c r="C136" s="33" t="s">
+        <v>574</v>
+      </c>
+      <c r="D136" s="9" t="s">
         <v>161</v>
       </c>
-      <c r="B136" s="7" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E136" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F136" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G136" s="18"/>
     </row>
     <row r="137" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A137" s="12" t="s">
+        <v>238</v>
+      </c>
+      <c r="B137" s="7" t="s">
+        <v>558</v>
+      </c>
+      <c r="C137" s="7" t="s">
         <v>239</v>
       </c>
-      <c r="B137" s="7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D137" s="13" t="s">
-        <v>457</v>
+        <v>456</v>
       </c>
       <c r="E137" s="18"/>
       <c r="F137" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G137" s="18"/>
     </row>
     <row r="138" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A138" s="9" t="s">
+        <v>162</v>
+      </c>
+      <c r="B138" s="7" t="s">
+        <v>434</v>
+      </c>
+      <c r="C138" s="7" t="s">
         <v>163</v>
       </c>
-      <c r="B138" s="7" t="s">
-[...2 lines deleted...]
-      <c r="C138" s="7" t="s">
+      <c r="D138" s="10" t="s">
         <v>164</v>
       </c>
-      <c r="D138" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E138" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F138" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G138" s="18"/>
     </row>
     <row r="139" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A139" s="9" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="B139" s="7" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="C139" s="8" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="D139" s="9" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
       <c r="E139" s="18"/>
       <c r="F139" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G139" s="18"/>
     </row>
     <row r="140" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A140" s="9" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="B140" s="7" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
       <c r="C140" s="7" t="s">
         <v>108</v>
       </c>
       <c r="D140" s="9" t="s">
-        <v>542</v>
+        <v>540</v>
       </c>
       <c r="E140" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F140" s="18"/>
       <c r="G140" s="18"/>
     </row>
     <row r="141" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A141" s="9" t="s">
+        <v>153</v>
+      </c>
+      <c r="B141" s="7" t="s">
+        <v>436</v>
+      </c>
+      <c r="C141" s="7" t="s">
         <v>154</v>
       </c>
-      <c r="B141" s="7" t="s">
-[...2 lines deleted...]
-      <c r="C141" s="7" t="s">
+      <c r="D141" s="9" t="s">
         <v>155</v>
       </c>
-      <c r="D141" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E141" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F141" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G141" s="18"/>
     </row>
     <row r="142" spans="1:7" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A142" s="12" t="s">
+        <v>166</v>
+      </c>
+      <c r="B142" s="7" t="s">
+        <v>437</v>
+      </c>
+      <c r="C142" s="7" t="s">
+        <v>217</v>
+      </c>
+      <c r="D142" s="13" t="s">
         <v>167</v>
       </c>
-      <c r="B142" s="7" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E142" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F142" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G142" s="18"/>
     </row>
     <row r="143" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A143" s="9" t="s">
+        <v>168</v>
+      </c>
+      <c r="B143" s="7" t="s">
+        <v>438</v>
+      </c>
+      <c r="C143" s="7" t="s">
+        <v>439</v>
+      </c>
+      <c r="D143" s="9" t="s">
         <v>169</v>
       </c>
-      <c r="B143" s="7" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E143" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F143" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G143" s="18"/>
     </row>
     <row r="144" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A144" s="13" t="s">
+        <v>170</v>
+      </c>
+      <c r="B144" s="7" t="s">
+        <v>440</v>
+      </c>
+      <c r="C144" s="22" t="s">
+        <v>495</v>
+      </c>
+      <c r="D144" s="13" t="s">
         <v>171</v>
       </c>
-      <c r="B144" s="7" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E144" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F144" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G144" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
     </row>
     <row r="145" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A145" s="13" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="B145" s="7" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="C145" s="7" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="D145" s="13" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="E145" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F145" s="18"/>
       <c r="G145" s="18"/>
     </row>
     <row r="146" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A146" s="13" t="s">
+        <v>172</v>
+      </c>
+      <c r="B146" s="7" t="s">
+        <v>442</v>
+      </c>
+      <c r="C146" s="7" t="s">
+        <v>283</v>
+      </c>
+      <c r="D146" s="13" t="s">
         <v>173</v>
       </c>
-      <c r="B146" s="7" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E146" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F146" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G146" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
     </row>
     <row r="147" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A147" s="21"/>
       <c r="B147" s="22"/>
       <c r="C147" s="33"/>
       <c r="D147" s="21"/>
       <c r="E147" s="23"/>
       <c r="F147" s="23"/>
       <c r="G147" s="23"/>
     </row>
     <row r="148" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A148" s="24"/>
       <c r="B148" s="22"/>
       <c r="C148" s="33"/>
       <c r="D148" s="21"/>
       <c r="E148" s="23"/>
       <c r="F148" s="23"/>
       <c r="G148" s="23"/>
     </row>
     <row r="149" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A149" s="4"/>
       <c r="B149" s="5"/>
       <c r="C149" s="37"/>
       <c r="D149" s="4"/>