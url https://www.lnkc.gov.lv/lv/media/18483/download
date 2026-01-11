--- v0 (2025-10-08)
+++ v1 (2026-01-11)
@@ -2,89 +2,89 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://kultura.sharepoint.com/sites/34LNKC/Koplietojamie dokumenti/Kultūrizglītības nodaļa/Metodiskais_Darbs/KM _KARTIBA un_atbildibas_2023.24/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://kultura-my.sharepoint.com/personal/mara_kalve_kultura_lv/Documents/MAJASLAPA/Metodiskie centri/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{24F71A72-669B-4E14-B977-9383B7EFC296}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{0C298F4C-751D-4161-AF6E-0D683081D699}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Metodiskā atbildība" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Metodiskā atbildība'!$A$3:$G$48</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Metodiskā atbildība'!$A$3:$G$49</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="301" uniqueCount="176">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="308" uniqueCount="179">
   <si>
     <t>Izglītības programma</t>
   </si>
   <si>
     <t>Metodiskā darba virsvadība</t>
   </si>
   <si>
     <t xml:space="preserve">Līdzatbildība  metodiskā darba veikšanā </t>
   </si>
   <si>
     <t xml:space="preserve">Sadarbība  metodiskajā darbā </t>
   </si>
   <si>
     <t>Taustiņinstrumentu spēle</t>
   </si>
   <si>
     <t>Stīgu instrumentu spēle</t>
   </si>
   <si>
     <t>Pūšaminstrumentu spēle</t>
   </si>
   <si>
     <t>Flautas spēle</t>
   </si>
   <si>
@@ -481,75 +481,68 @@
   </si>
   <si>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Cambria"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">211 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Cambria"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>01</t>
     </r>
   </si>
   <si>
-    <t>Produktu dizainera asistents
-[...2 lines deleted...]
-  <si>
     <t>Restaurācijas tehniķis
 Koka konstrukciju restaurācijas tehniķis</t>
   </si>
   <si>
     <t>Mākslas, mūzikas un skatuves mākslas nozares  virsvadība, līdzatbildība un sadarbība metodiskajā darbā</t>
   </si>
   <si>
     <t xml:space="preserve">Vizuālās mākslas speciālists </t>
   </si>
   <si>
     <t>Mākslu izglītības kompetences centrs "Nacionālā Mākslu vidusskola" 
 Emīla Dārziņa mūzikas skola</t>
   </si>
   <si>
     <t>Mākslu izglītības kompetences centrs "Ventspils Mūzikas vidusskola"</t>
   </si>
   <si>
     <t>Mākslu izglītības kompetences centrs "Liepājas Mūzikas, mākslas un dizaina vidusskola"</t>
-  </si>
-[...1 lines deleted...]
-    <t>Mākslu izglītības kompetences centrs "Nacionālā Mākslu vidusskola" Emīla Dārziņa mūzikas skola</t>
   </si>
   <si>
     <t xml:space="preserve">	Kokles spēle</t>
   </si>
   <si>
     <t xml:space="preserve">	Ģitāras spēle</t>
   </si>
   <si>
     <t xml:space="preserve">	Arfas spēle</t>
   </si>
   <si>
     <t xml:space="preserve">	Klavierspēle</t>
   </si>
   <si>
     <t>Akordeona spēle</t>
   </si>
   <si>
     <t>Ērģeļspēle</t>
   </si>
   <si>
     <t>Vijoles spēle</t>
   </si>
   <si>
     <t>Alta spēle</t>
   </si>
@@ -716,138 +709,89 @@
   <si>
     <t>Mākslu izglītības kompetences centrs "Daugavpils Dizaina un mākslas vidusskola SAULES SKOLA"</t>
   </si>
   <si>
     <t>Vides dizains</t>
   </si>
   <si>
     <t xml:space="preserve">Ārtelpu dizainera asistents
 </t>
   </si>
   <si>
     <t>Ogres tehnikums</t>
   </si>
   <si>
     <t xml:space="preserve">Skaņu operators
 Gaismošanas operators </t>
   </si>
   <si>
     <t>Zaļenieku komerciālā un amatniecības vidusskola</t>
   </si>
   <si>
     <t>Vides dizains
 Interjera dizains</t>
   </si>
   <si>
-    <t>Dizains
-[...2 lines deleted...]
-  <si>
     <t>Komunikācijas dizains</t>
-  </si>
-[...2 lines deleted...]
-Apģērbu dizains </t>
   </si>
   <si>
     <t>Lietišķā māksla</t>
   </si>
   <si>
     <t>Koka mākslinieciskā apstrāde</t>
   </si>
   <si>
     <t>Tekstila  mākslinieciskā apstrāde</t>
   </si>
   <si>
     <t>Amatniecība</t>
   </si>
   <si>
     <t>Floristika</t>
   </si>
   <si>
     <t>Bulduru Tehnikums</t>
   </si>
   <si>
     <t>Lietišķās mākslas speciālists tekstilizstrādājumu izgatavošanā</t>
   </si>
   <si>
     <t>Floristikas speciālists</t>
   </si>
   <si>
     <t>Mākslu izglītības kompetences centrs "Ventspils Mūzikas vidusskola";
 Mākslu izglītības kompetences centrs "Liepājas Mūzikas, mākslas un dizaina vidusskola";
 Alfrēda Kalniņa Cēsu Mūzikas vidusskola.</t>
   </si>
   <si>
     <t>Lietišķās mākslas speciālists metāla mākslinieciskajā apstrādē</t>
   </si>
   <si>
     <t>Metāla mākslinieciskā apstrāde</t>
   </si>
   <si>
     <t>Latvijas Tālmācības profesionālais centrs</t>
-  </si>
-[...39 lines deleted...]
-    </r>
   </si>
   <si>
     <t xml:space="preserve">Mākslu izglītības kompetences centrs "Latgales Mūzikas un mākslas vidusskola";
 Valmieras Dizaina un mākslas vidusskola;
 Mākslu izglītības kompetences centrs "Daugavpils Dizaina un mākslas vidusskola SAULES SKOLA";
 Rīgas Mākslas un mediju tehnikums;
 Vidzemes Tehnoloģiju un dizaina tehnikums
 </t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="14"/>
         <rFont val="Cambria"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>214</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <rFont val="Cambria"/>
         <family val="1"/>
@@ -990,55 +934,50 @@
         <charset val="186"/>
       </rPr>
       <t>216</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <rFont val="Cambria"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> 03</t>
     </r>
   </si>
   <si>
     <t>Mākslu izglītības kompetences centrs "Latgales Mūzikas un mākslas vidusskola";
 Rīgas Stila un Modes tehnikums</t>
   </si>
   <si>
     <t>Lietišķās mākslas speciālists kokapstrādē</t>
   </si>
   <si>
     <t>Mākslu izglītības kompetences centrs "Liepājas Mūzikas, mākslas un dizaina vidusskola";
 Jāzepa Mediņa Rīgas Mūzikas vidusskola</t>
-  </si>
-[...3 lines deleted...]
-</t>
   </si>
   <si>
     <t xml:space="preserve">Jāzepa Mediņa Rīgas Mūzikas vidusskola
 </t>
   </si>
   <si>
     <t>Mākslu izglītības kompetences centrs "Liepājas Mūzikas, mākslas un dizaina vidusskola" ;
 Mākslu izglītības kompetences centrs "Daugavpils Dizaina un mākslas vidusskola SAULES SKOLA", Mākslu izglītības kompetences centrs "Rīgas Dizaina un mākslas vidusskola"</t>
   </si>
   <si>
     <t>Mākslu izglītības kompetences centrs 
 "Ventspils Mūzikas vidusskola";
 Staņislava Broka Daugavpils Mūzikas vidusskola;
 Mākslu izglītības kompetences centrs 
 "Latgales Mūzikas un mākslas vidusskola"</t>
   </si>
   <si>
     <t>Alfrēda Kalniņa Cēsu Mūzikas vidusskola;
 Jāzepa Mediņa Rīgas Mūzikas vidusskola</t>
   </si>
   <si>
     <t>Mākslu izglītības kompetences centrs "Liepājas Mūzikas, mākslas un dizaina vidusskola"
 Mākslu izglītības kompetences centrs "Ventspils Mūzikas vidusskola"
 Jelgavas Mūzikas vidusskola;
 Staņislava Broka Daugavpils Mūzikas vidusskola.</t>
@@ -1126,50 +1065,106 @@
       <rPr>
         <b/>
         <sz val="14"/>
         <rFont val="Cambria"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> 06</t>
     </r>
   </si>
   <si>
     <r>
       <t>217</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Cambria"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> 00</t>
     </r>
+  </si>
+  <si>
+    <t>Dizains</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+Apģērbu dizains </t>
+  </si>
+  <si>
+    <t>214 00</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <rFont val="Cambria"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>214</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <rFont val="Cambria"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> 11</t>
+    </r>
+  </si>
+  <si>
+    <t>Produktu dizainera asistents</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+Apģērbu dizainera asistents</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+Apģērbu dizains</t>
+  </si>
+  <si>
+    <t>Produktu dizains</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mākslu izglītības kompetences centrs "Latgales Mūzikas un mākslas vidusskola";
+Valmieras Dizaina un mākslas vidusskola;
+Mākslu izglītības kompetences centrs "Daugavpils Dizaina un mākslas vidusskola SAULES SKOLA";
+Rīgas Mākslas un mediju tehnikums
+</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Cambria"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
@@ -1343,51 +1338,51 @@
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="52">
+  <cellXfs count="53">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -1472,61 +1467,64 @@
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Parasts" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office dizains">
   <a:themeElements>
@@ -1775,1128 +1773,1151 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G50"/>
+  <dimension ref="A1:G51"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <pane xSplit="1" ySplit="3" topLeftCell="B42" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="3" topLeftCell="B36" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight" activeCell="D43" sqref="D43"/>
+      <selection pane="bottomRight" activeCell="L38" sqref="L38"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="25.44140625" style="3" customWidth="1"/>
     <col min="2" max="2" width="15.5546875" customWidth="1"/>
     <col min="3" max="3" width="29.77734375" style="6" customWidth="1"/>
     <col min="4" max="4" width="29.21875" style="3" customWidth="1"/>
     <col min="5" max="5" width="35.5546875" customWidth="1"/>
     <col min="6" max="6" width="33.44140625" customWidth="1"/>
     <col min="7" max="7" width="48.21875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="36.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="48" t="s">
-[...7 lines deleted...]
-      <c r="G1" s="48"/>
+      <c r="A1" s="49" t="s">
+        <v>80</v>
+      </c>
+      <c r="B1" s="49"/>
+      <c r="C1" s="49"/>
+      <c r="D1" s="49"/>
+      <c r="E1" s="49"/>
+      <c r="F1" s="49"/>
+      <c r="G1" s="49"/>
     </row>
     <row r="2" spans="1:7" ht="22.05" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="43" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="B2" s="42"/>
       <c r="C2" s="42"/>
       <c r="D2" s="42"/>
       <c r="E2" s="42"/>
       <c r="F2" s="42"/>
       <c r="G2" s="42"/>
     </row>
     <row r="3" spans="1:7" ht="76.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A3" s="11" t="s">
         <v>17</v>
       </c>
       <c r="B3" s="12" t="s">
         <v>20</v>
       </c>
       <c r="C3" s="11" t="s">
         <v>38</v>
       </c>
       <c r="D3" s="11" t="s">
         <v>0</v>
       </c>
       <c r="E3" s="11" t="s">
         <v>1</v>
       </c>
       <c r="F3" s="11" t="s">
         <v>2</v>
       </c>
       <c r="G3" s="11" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:7" ht="133.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="13" t="s">
         <v>4</v>
       </c>
       <c r="B4" s="14" t="s">
         <v>25</v>
       </c>
       <c r="C4" s="16" t="s">
         <v>47</v>
       </c>
       <c r="D4" s="13" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="E4" s="23" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="F4" s="18" t="s">
         <v>34</v>
       </c>
       <c r="G4" s="15" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:7" ht="51.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="19" t="s">
         <v>4</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>25</v>
       </c>
       <c r="C5" s="7" t="s">
         <v>64</v>
       </c>
       <c r="D5" s="19" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="E5" s="23" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G5" s="2" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
     </row>
     <row r="6" spans="1:7" ht="50.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="19" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="4" t="s">
         <v>25</v>
       </c>
       <c r="C6" s="7" t="s">
         <v>67</v>
       </c>
       <c r="D6" s="19" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="E6" s="23" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="F6" s="8" t="s">
         <v>37</v>
       </c>
       <c r="G6" s="20" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="7" spans="1:7" ht="129.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="19" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>26</v>
       </c>
       <c r="C7" s="7" t="s">
         <v>48</v>
       </c>
       <c r="D7" s="19" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="E7" s="23" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G7" s="2" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
     </row>
     <row r="8" spans="1:7" ht="134.55000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="19" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="4" t="s">
         <v>26</v>
       </c>
       <c r="C8" s="7" t="s">
         <v>49</v>
       </c>
       <c r="D8" s="19" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="E8" s="23" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G8" s="2" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
     </row>
     <row r="9" spans="1:7" ht="132" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="19" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="7" t="s">
         <v>50</v>
       </c>
       <c r="D9" s="19" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="E9" s="23" t="s">
-        <v>154</v>
+        <v>82</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G9" s="2" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
     </row>
     <row r="10" spans="1:7" ht="132.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="19" t="s">
         <v>5</v>
       </c>
       <c r="B10" s="4" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="7" t="s">
         <v>51</v>
       </c>
       <c r="D10" s="19" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E10" s="23" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G10" s="2" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
     </row>
     <row r="11" spans="1:7" ht="55.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="19" t="s">
         <v>5</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="7" t="s">
         <v>52</v>
       </c>
       <c r="D11" s="19" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="E11" s="23" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F11" s="5"/>
       <c r="G11" s="2"/>
     </row>
     <row r="12" spans="1:7" ht="78.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="19" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="4" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="7" t="s">
         <v>53</v>
       </c>
       <c r="D12" s="37" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="E12" s="23" t="s">
         <v>35</v>
       </c>
       <c r="F12" s="22" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="G12" s="2" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
     </row>
     <row r="13" spans="1:7" ht="61.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="19" t="s">
         <v>5</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="7" t="s">
         <v>68</v>
       </c>
       <c r="D13" s="37" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="E13" s="23" t="s">
         <v>36</v>
       </c>
       <c r="F13" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G13" s="2" t="s">
-        <v>158</v>
+        <v>152</v>
       </c>
     </row>
     <row r="14" spans="1:7" ht="133.05000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="19" t="s">
         <v>6</v>
       </c>
       <c r="B14" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C14" s="7" t="s">
         <v>62</v>
       </c>
       <c r="D14" s="19" t="s">
         <v>7</v>
       </c>
       <c r="E14" s="23" t="s">
         <v>34</v>
       </c>
       <c r="F14" s="8" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="G14" s="20" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
     </row>
     <row r="15" spans="1:7" ht="101.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="19" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C15" s="7" t="s">
         <v>61</v>
       </c>
       <c r="D15" s="19" t="s">
         <v>8</v>
       </c>
       <c r="E15" s="23" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G15" s="20" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
     </row>
     <row r="16" spans="1:7" ht="75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="19" t="s">
         <v>6</v>
       </c>
       <c r="B16" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C16" s="7" t="s">
         <v>60</v>
       </c>
       <c r="D16" s="19" t="s">
         <v>10</v>
       </c>
       <c r="E16" s="23" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F16" s="8" t="s">
         <v>37</v>
       </c>
       <c r="G16" s="2" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
     </row>
     <row r="17" spans="1:7" ht="117.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="19" t="s">
         <v>6</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C17" s="7" t="s">
         <v>54</v>
       </c>
       <c r="D17" s="19" t="s">
         <v>9</v>
       </c>
       <c r="E17" s="23" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G17" s="20" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
     </row>
     <row r="18" spans="1:7" ht="104.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="19" t="s">
         <v>6</v>
       </c>
       <c r="B18" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C18" s="7" t="s">
         <v>69</v>
       </c>
       <c r="D18" s="19" t="s">
         <v>11</v>
       </c>
       <c r="E18" s="23" t="s">
         <v>34</v>
       </c>
       <c r="F18" s="8" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="G18" s="20" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
     </row>
     <row r="19" spans="1:7" ht="85.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="19" t="s">
         <v>6</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C19" s="7" t="s">
         <v>55</v>
       </c>
       <c r="D19" s="19" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="23" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G19" s="22" t="s">
-        <v>159</v>
+        <v>153</v>
       </c>
     </row>
     <row r="20" spans="1:7" ht="143.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="19" t="s">
         <v>6</v>
       </c>
       <c r="B20" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C20" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D20" s="37" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="23" t="s">
         <v>37</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>155</v>
+        <v>149</v>
       </c>
       <c r="G20" s="20" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
     </row>
     <row r="21" spans="1:7" ht="78.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="19" t="s">
         <v>6</v>
       </c>
       <c r="B21" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C21" s="7" t="s">
         <v>70</v>
       </c>
       <c r="D21" s="19" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="23" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="F21" s="22" t="s">
         <v>34</v>
       </c>
       <c r="G21" s="23" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
     </row>
     <row r="22" spans="1:7" ht="56.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="19" t="s">
         <v>6</v>
       </c>
       <c r="B22" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C22" s="25" t="s">
         <v>72</v>
       </c>
       <c r="D22" s="19" t="s">
         <v>75</v>
       </c>
       <c r="E22" s="23" t="s">
         <v>34</v>
       </c>
       <c r="F22" s="26" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="G22" s="2" t="s">
-        <v>161</v>
+        <v>155</v>
       </c>
     </row>
     <row r="23" spans="1:7" ht="118.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="19" t="s">
         <v>15</v>
       </c>
       <c r="B23" s="4" t="s">
         <v>28</v>
       </c>
       <c r="C23" s="25" t="s">
         <v>56</v>
       </c>
       <c r="D23" s="19" t="s">
         <v>15</v>
       </c>
       <c r="E23" s="23" t="s">
+        <v>82</v>
+      </c>
+      <c r="F23" s="23" t="s">
         <v>83</v>
       </c>
-      <c r="F23" s="23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G23" s="20" t="s">
-        <v>162</v>
+        <v>156</v>
       </c>
     </row>
     <row r="24" spans="1:7" ht="132" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="19" t="s">
         <v>18</v>
       </c>
       <c r="B24" s="4" t="s">
         <v>29</v>
       </c>
       <c r="C24" s="27" t="s">
         <v>65</v>
       </c>
       <c r="D24" s="19" t="s">
         <v>18</v>
       </c>
       <c r="E24" s="23" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G24" s="20" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
     </row>
     <row r="25" spans="1:7" ht="45.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="19" t="s">
         <v>18</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>29</v>
       </c>
       <c r="C25" s="27" t="s">
         <v>66</v>
       </c>
       <c r="D25" s="19" t="s">
         <v>18</v>
       </c>
       <c r="E25" s="23" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G25" s="9"/>
     </row>
     <row r="26" spans="1:7" ht="148.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="19" t="s">
         <v>16</v>
       </c>
       <c r="B26" s="4" t="s">
         <v>30</v>
       </c>
       <c r="C26" s="27" t="s">
         <v>63</v>
       </c>
       <c r="D26" s="19" t="s">
         <v>16</v>
       </c>
       <c r="E26" s="23" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="F26" s="8" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="G26" s="20" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
     </row>
     <row r="27" spans="1:7" ht="45.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="19" t="s">
         <v>16</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>30</v>
       </c>
       <c r="C27" s="27" t="s">
         <v>19</v>
       </c>
       <c r="D27" s="19" t="s">
         <v>16</v>
       </c>
       <c r="E27" s="23" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="F27" s="5"/>
       <c r="G27" s="28"/>
     </row>
     <row r="28" spans="1:7" ht="92.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="19" t="s">
         <v>21</v>
       </c>
       <c r="B28" s="4" t="s">
         <v>31</v>
       </c>
       <c r="C28" s="27" t="s">
         <v>57</v>
       </c>
       <c r="D28" s="19" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="23" t="s">
+        <v>82</v>
+      </c>
+      <c r="F28" s="8" t="s">
         <v>83</v>
       </c>
-      <c r="F28" s="8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G28" s="20" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
     </row>
     <row r="29" spans="1:7" ht="106.05" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="19" t="s">
         <v>22</v>
       </c>
       <c r="B29" s="29" t="s">
         <v>32</v>
       </c>
       <c r="C29" s="27" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="D29" s="19" t="s">
         <v>23</v>
       </c>
       <c r="E29" s="23" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="F29" s="8" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="G29" s="20" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
     </row>
     <row r="30" spans="1:7" ht="75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="19" t="s">
         <v>22</v>
       </c>
       <c r="B30" s="29" t="s">
         <v>32</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>58</v>
       </c>
       <c r="D30" s="19" t="s">
         <v>22</v>
       </c>
       <c r="E30" s="23" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F30" s="8" t="s">
         <v>41</v>
       </c>
       <c r="G30" s="30"/>
     </row>
     <row r="31" spans="1:7" ht="52.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="19" t="s">
         <v>22</v>
       </c>
       <c r="B31" s="29" t="s">
         <v>32</v>
       </c>
       <c r="C31" s="27" t="s">
         <v>71</v>
       </c>
       <c r="D31" s="19" t="s">
         <v>22</v>
       </c>
       <c r="E31" s="23" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="F31" s="26"/>
       <c r="G31" s="20"/>
     </row>
     <row r="32" spans="1:7" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A32" s="10" t="s">
         <v>24</v>
       </c>
       <c r="B32" s="31" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="32" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="D32" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E32" s="44" t="s">
         <v>37</v>
       </c>
       <c r="F32" s="33"/>
       <c r="G32" s="33"/>
     </row>
     <row r="33" spans="1:7" ht="83.4" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A33" s="13" t="s">
         <v>44</v>
       </c>
       <c r="B33" s="34" t="s">
         <v>78</v>
       </c>
       <c r="C33" s="35" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="D33" s="13" t="s">
         <v>44</v>
       </c>
       <c r="E33" s="17" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="F33" s="17" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="G33" s="17" t="s">
-        <v>156</v>
+        <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:7" ht="58.05" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="19" t="s">
         <v>39</v>
       </c>
       <c r="B34" s="36" t="s">
         <v>77</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="D34" s="19" t="s">
         <v>39</v>
       </c>
       <c r="E34" s="8" t="s">
         <v>40</v>
       </c>
       <c r="F34" s="8" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="G34" s="8" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
     </row>
     <row r="35" spans="1:7" ht="58.05" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="19" t="s">
         <v>45</v>
       </c>
       <c r="B35" s="36" t="s">
         <v>76</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="D35" s="19" t="s">
         <v>45</v>
       </c>
       <c r="E35" s="8" t="s">
         <v>41</v>
       </c>
       <c r="F35" s="8" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="G35" s="21" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
     </row>
     <row r="36" spans="1:7" ht="58.05" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="19" t="s">
         <v>45</v>
       </c>
       <c r="B36" s="36" t="s">
         <v>76</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="D36" s="19" t="s">
         <v>45</v>
       </c>
       <c r="E36" s="8" t="s">
         <v>41</v>
       </c>
       <c r="F36" s="8" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="G36" s="8"/>
     </row>
     <row r="37" spans="1:7" ht="71.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="19" t="s">
         <v>45</v>
       </c>
       <c r="B37" s="36" t="s">
         <v>76</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="D37" s="19" t="s">
         <v>45</v>
       </c>
       <c r="E37" s="8" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="F37" s="8" t="s">
+        <v>118</v>
+      </c>
+      <c r="G37" s="23" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" ht="71.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="19" t="s">
+        <v>170</v>
+      </c>
+      <c r="B38" s="36" t="s">
+        <v>172</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="D38" s="19" t="s">
+        <v>177</v>
+      </c>
+      <c r="E38" s="23" t="s">
+        <v>117</v>
+      </c>
+      <c r="F38" s="23" t="s">
+        <v>84</v>
+      </c>
+      <c r="G38" s="24" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" ht="106.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="37" t="s">
+        <v>171</v>
+      </c>
+      <c r="B39" s="38" t="s">
+        <v>173</v>
+      </c>
+      <c r="C39" s="52" t="s">
+        <v>175</v>
+      </c>
+      <c r="D39" s="37" t="s">
+        <v>176</v>
+      </c>
+      <c r="E39" s="23" t="s">
+        <v>117</v>
+      </c>
+      <c r="F39" s="23" t="s">
+        <v>84</v>
+      </c>
+      <c r="G39" s="24" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" ht="47.1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="37" t="s">
+        <v>46</v>
+      </c>
+      <c r="B40" s="39" t="s">
+        <v>139</v>
+      </c>
+      <c r="C40" s="27" t="s">
+        <v>43</v>
+      </c>
+      <c r="D40" s="37" t="s">
+        <v>46</v>
+      </c>
+      <c r="E40" s="23" t="s">
+        <v>84</v>
+      </c>
+      <c r="F40" s="23"/>
+      <c r="G40" s="23"/>
+    </row>
+    <row r="41" spans="1:7" ht="118.05" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="37" t="s">
+        <v>124</v>
+      </c>
+      <c r="B41" s="38" t="s">
+        <v>140</v>
+      </c>
+      <c r="C41" s="27" t="s">
+        <v>74</v>
+      </c>
+      <c r="D41" s="37" t="s">
+        <v>124</v>
+      </c>
+      <c r="E41" s="23" t="s">
+        <v>121</v>
+      </c>
+      <c r="F41" s="23" t="s">
+        <v>118</v>
+      </c>
+      <c r="G41" s="23" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" ht="49.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="37" t="s">
+        <v>119</v>
+      </c>
+      <c r="B42" s="38" t="s">
+        <v>140</v>
+      </c>
+      <c r="C42" s="40" t="s">
         <v>120</v>
       </c>
-      <c r="G37" s="23" t="s">
-[...4 lines deleted...]
-      <c r="A38" s="37" t="s">
+      <c r="D42" s="37" t="s">
+        <v>119</v>
+      </c>
+      <c r="E42" s="23" t="s">
+        <v>118</v>
+      </c>
+      <c r="F42" s="23" t="s">
+        <v>121</v>
+      </c>
+      <c r="G42" s="23"/>
+    </row>
+    <row r="43" spans="1:7" ht="130.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="37" t="s">
+        <v>125</v>
+      </c>
+      <c r="B43" s="39" t="s">
+        <v>141</v>
+      </c>
+      <c r="C43" s="27" t="s">
+        <v>42</v>
+      </c>
+      <c r="D43" s="37" t="s">
+        <v>125</v>
+      </c>
+      <c r="E43" s="23" t="s">
+        <v>84</v>
+      </c>
+      <c r="F43" s="23" t="s">
+        <v>117</v>
+      </c>
+      <c r="G43" s="24" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" ht="27.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="37" t="s">
         <v>129</v>
       </c>
-      <c r="B38" s="38" t="s">
+      <c r="B44" s="39" t="s">
         <v>142</v>
       </c>
-      <c r="C38" s="27" t="s">
-[...102 lines deleted...]
-      <c r="A43" s="37" t="s">
+      <c r="C44" s="27" t="s">
         <v>133</v>
       </c>
-      <c r="B43" s="39" t="s">
-[...2 lines deleted...]
-      <c r="C43" s="27" t="s">
+      <c r="D44" s="37" t="s">
+        <v>130</v>
+      </c>
+      <c r="E44" s="23" t="s">
+        <v>131</v>
+      </c>
+      <c r="F44" s="23" t="s">
+        <v>116</v>
+      </c>
+      <c r="G44" s="23" t="s">
         <v>137</v>
       </c>
-      <c r="D43" s="37" t="s">
-[...29 lines deleted...]
-      <c r="G44" s="23"/>
     </row>
     <row r="45" spans="1:7" ht="54" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A45" s="37" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="B45" s="39" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="C45" s="27" t="s">
-        <v>152</v>
+        <v>135</v>
       </c>
       <c r="D45" s="37" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="E45" s="23" t="s">
-        <v>166</v>
-[...3 lines deleted...]
-      </c>
+        <v>160</v>
+      </c>
+      <c r="F45" s="23"/>
       <c r="G45" s="23"/>
     </row>
-    <row r="46" spans="1:7" ht="51.6" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="46" spans="1:7" ht="54" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A46" s="37" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="B46" s="39" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="C46" s="27" t="s">
-        <v>136</v>
+        <v>147</v>
       </c>
       <c r="D46" s="37" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="E46" s="23" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="F46" s="23" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="G46" s="41"/>
+        <v>161</v>
+      </c>
+      <c r="G46" s="23"/>
     </row>
     <row r="47" spans="1:7" ht="51.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A47" s="37" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="B47" s="39" t="s">
-        <v>174</v>
+        <v>145</v>
       </c>
       <c r="C47" s="27" t="s">
+        <v>132</v>
+      </c>
+      <c r="D47" s="37" t="s">
+        <v>128</v>
+      </c>
+      <c r="E47" s="23" t="s">
+        <v>160</v>
+      </c>
+      <c r="F47" s="23" t="s">
+        <v>112</v>
+      </c>
+      <c r="G47" s="41"/>
+    </row>
+    <row r="48" spans="1:7" ht="51.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="37" t="s">
+        <v>126</v>
+      </c>
+      <c r="B48" s="39" t="s">
         <v>168</v>
       </c>
-      <c r="D47" s="46" t="s">
+      <c r="C48" s="27" t="s">
+        <v>162</v>
+      </c>
+      <c r="D48" s="46" t="s">
+        <v>163</v>
+      </c>
+      <c r="E48" s="23" t="s">
+        <v>111</v>
+      </c>
+      <c r="F48" s="23"/>
+      <c r="G48" s="41"/>
+    </row>
+    <row r="49" spans="1:7" ht="41.4" x14ac:dyDescent="0.3">
+      <c r="A49" s="48" t="s">
+        <v>167</v>
+      </c>
+      <c r="B49" s="4" t="s">
         <v>169</v>
       </c>
-      <c r="E47" s="23" t="s">
-[...29 lines deleted...]
-      <c r="G49" s="49"/>
+      <c r="C49" s="25" t="s">
+        <v>164</v>
+      </c>
+      <c r="D49" s="47"/>
+      <c r="E49" s="23" t="s">
+        <v>84</v>
+      </c>
+      <c r="F49" s="30"/>
+      <c r="G49" s="41"/>
     </row>
     <row r="50" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A50" s="50"/>
       <c r="B50" s="50"/>
       <c r="C50" s="50"/>
       <c r="D50" s="50"/>
       <c r="E50" s="50"/>
       <c r="F50" s="50"/>
-      <c r="G50" s="45"/>
+      <c r="G50" s="50"/>
+    </row>
+    <row r="51" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A51" s="51"/>
+      <c r="B51" s="51"/>
+      <c r="C51" s="51"/>
+      <c r="D51" s="51"/>
+      <c r="E51" s="51"/>
+      <c r="F51" s="51"/>
+      <c r="G51" s="45"/>
     </row>
   </sheetData>
-  <autoFilter ref="A3:G48" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
+  <autoFilter ref="A3:G49" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
   <mergeCells count="3">
     <mergeCell ref="A1:G1"/>
-    <mergeCell ref="A49:G49"/>
-    <mergeCell ref="A50:F50"/>
+    <mergeCell ref="A50:G50"/>
+    <mergeCell ref="A51:F51"/>
   </mergeCells>
   <phoneticPr fontId="9" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="52" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x0101007B98BB4B34F2884EBFE5D98E9C8C082A" ma:contentTypeVersion="18" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="d63f27938dfaab79786904fe3f699a14">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b46cec30-3c96-49ba-8e80-c1db7ce5db41" xmlns:ns3="bf9c787b-86fa-46b7-82b5-b5a01fd7d54d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="89943475ffa202f7de87fda01a1a2217" ns2:_="" ns3:_="">
     <xsd:import namespace="b46cec30-3c96-49ba-8e80-c1db7ce5db41"/>
     <xsd:import namespace="bf9c787b-86fa-46b7-82b5-b5a01fd7d54d"/>
     <xsd:element name="properties">